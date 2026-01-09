--- v0 (2025-12-15)
+++ v1 (2026-01-09)
@@ -8,69 +8,69 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29523"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29704"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ahpnet.sharepoint.com/sites/extranet/Projects/7469_00/BCDE/Shared Documents/3. Data Management/Updated Excel files for BHCIP website/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ahpnet.sharepoint.com/sites/BCDEProjectTeam/Shared Documents/3. Data Management - Gabrielle/Website Excel Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{947A747A-508F-469D-A1A6-8CF8797D0A38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BB709649-E323-41CD-B086-B74B16E624F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E34350E5-A6E3-4834-B32A-1759B21FAC64}"/>
+    <workbookView xWindow="-28920" yWindow="-90" windowWidth="29040" windowHeight="15720" xr2:uid="{E34350E5-A6E3-4834-B32A-1759B21FAC64}"/>
   </bookViews>
   <sheets>
     <sheet name="Rounds 3, 4, 5 Facilities" sheetId="3" r:id="rId1"/>
     <sheet name="Rounds 3, 4, 5 Sponsors" sheetId="2" r:id="rId2"/>
     <sheet name="General Information" sheetId="8" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$L$251</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$46</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$L$245</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$H$131</definedName>
     <definedName name="county" localSheetId="0">#REF!</definedName>
     <definedName name="county">#REF!</definedName>
     <definedName name="Z_000B179C_B0BC_4082_AAEA_FB02E7D01FD3_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$52</definedName>
     <definedName name="Z_0EDB7BCF_13ED_43BF_A0C7_6D10AF34AC29_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_11A09FA1_7C1B_48A6_824A_795E39E419EC_.wvu.Cols" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!#REF!</definedName>
     <definedName name="Z_11A09FA1_7C1B_48A6_824A_795E39E419EC_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$52</definedName>
     <definedName name="Z_11A09FA1_7C1B_48A6_824A_795E39E419EC_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_248BC726_5A49_4288_AAF0_98D9C1121B56_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_2680DEF6_A481_4F9B_A543_C96CE1BF8512_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$52</definedName>
     <definedName name="Z_2680DEF6_A481_4F9B_A543_C96CE1BF8512_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_4F8203AA_CB81_4786_9171_E7A73693F452_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$51</definedName>
     <definedName name="Z_4F8203AA_CB81_4786_9171_E7A73693F452_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_5C6B2BD2_52FA_43EA_A8D9_AEED9F7F6C67_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$52</definedName>
     <definedName name="Z_5C6B2BD2_52FA_43EA_A8D9_AEED9F7F6C67_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_709F21F0_35D9_44ED_BDAC_BF3DAD9C7B92_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$52</definedName>
     <definedName name="Z_709F21F0_35D9_44ED_BDAC_BF3DAD9C7B92_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_811B3637_3000_4211_AB0E_1E52323F174D_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$52</definedName>
     <definedName name="Z_811B3637_3000_4211_AB0E_1E52323F174D_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_90FAAD30_9226_48D5_A727_9993836BD6FC_.wvu.Cols" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!#REF!</definedName>
     <definedName name="Z_90FAAD30_9226_48D5_A727_9993836BD6FC_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$52</definedName>
     <definedName name="Z_90FAAD30_9226_48D5_A727_9993836BD6FC_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$46</definedName>
     <definedName name="Z_A84BBC6A_6682_45D2_B89F_5A0BF0A6C456_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_AB53EF7A_D82A_402F_AA4E_811B9CC11FBE_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$51</definedName>
     <definedName name="Z_AB53EF7A_D82A_402F_AA4E_811B9CC11FBE_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_C4A7F0C7_C708_478A_9E4D_8CE0EAA9A506_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$51</definedName>
@@ -82,1486 +82,1504 @@
     <definedName name="Z_DB4A444A_5FC1_42AC_BB30_4DED0CEA50F7_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$51</definedName>
     <definedName name="Z_DB4A444A_5FC1_42AC_BB30_4DED0CEA50F7_.wvu.FilterData" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$44</definedName>
     <definedName name="Z_F92049FF_4F33_4D2C_8BF0_3C9CB5DD5D69_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$51</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2922" uniqueCount="475">
-[...1 lines deleted...]
-    <t>Data point in time as of December 1, 2025. Data reports are subject to change.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2816" uniqueCount="481">
+  <si>
+    <t>Data point in time as of January 5, 2026. Data reports are subject to change.</t>
+  </si>
+  <si>
+    <t>DHCS Contract ID</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>Entity Name</t>
+  </si>
+  <si>
+    <t>Project Name</t>
+  </si>
+  <si>
+    <t>Sponsor Type</t>
+  </si>
+  <si>
+    <t>Project County</t>
+  </si>
+  <si>
+    <t>Project Region</t>
+  </si>
+  <si>
+    <t>Facility Type</t>
+  </si>
+  <si>
+    <t>Beds</t>
+  </si>
+  <si>
+    <t>Projected Individuals Served Annually In an Outpatient Setting</t>
+  </si>
+  <si>
+    <t>R3-22-3301</t>
+  </si>
+  <si>
+    <t>Round 3: Launch Ready</t>
+  </si>
+  <si>
+    <t>County of Riverside</t>
+  </si>
+  <si>
+    <t>Wellness Village</t>
+  </si>
+  <si>
+    <t>County</t>
+  </si>
+  <si>
+    <t>Riverside</t>
+  </si>
+  <si>
+    <t>Southern California</t>
+  </si>
+  <si>
+    <t>Adult Residential Treatment Facility for SUD</t>
+  </si>
+  <si>
+    <t>Crisis Stabilization Unit</t>
+  </si>
+  <si>
+    <t>Office-Based Opioid Treatment</t>
+  </si>
+  <si>
+    <t>Sobering Center (Funded by Community Supports)</t>
+  </si>
+  <si>
+    <t>Mental Health Rehabilitation Center</t>
+  </si>
+  <si>
+    <t>Social Rehabilitation Facility</t>
+  </si>
+  <si>
+    <t>R3-22-3302</t>
+  </si>
+  <si>
+    <t>A.B.C. Recovery Center, Inc.</t>
+  </si>
+  <si>
+    <t>Substance-Use and Mental Health Expansion Indio California</t>
+  </si>
+  <si>
+    <t>Nonprofit Corporation</t>
+  </si>
+  <si>
+    <t>Intensive Outpatient Treatment</t>
+  </si>
+  <si>
+    <t>R3-22-3401</t>
+  </si>
+  <si>
+    <t>City of Rancho Cordova</t>
+  </si>
+  <si>
+    <t>Community Wellness and Behavioral Health Center</t>
+  </si>
+  <si>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Sacramento</t>
+  </si>
+  <si>
+    <t>Sacramento Area</t>
+  </si>
+  <si>
+    <t>Community Wellness Center</t>
+  </si>
+  <si>
+    <t>R3-22-3402</t>
+  </si>
+  <si>
+    <t>County of Sacramento, Department of Health Services, Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>MHRC</t>
+  </si>
+  <si>
+    <t>R3-22-0101</t>
+  </si>
+  <si>
+    <t>Seneca Family of Agencies</t>
+  </si>
+  <si>
+    <t>Seneca B3_2028</t>
+  </si>
+  <si>
+    <t>Alameda</t>
+  </si>
+  <si>
+    <t>Bay Area</t>
+  </si>
+  <si>
+    <t>Partial Hospitalization Program</t>
+  </si>
+  <si>
+    <t>R3-22-0102</t>
+  </si>
+  <si>
+    <t>Telecare Corporation</t>
+  </si>
+  <si>
+    <t>Improving Alameda County's Behavioral Health Infrastructure Project</t>
+  </si>
+  <si>
+    <t>For-Profit Corporation</t>
+  </si>
+  <si>
+    <t>R3-22-2701</t>
+  </si>
+  <si>
+    <t>Seneca B3_2027</t>
+  </si>
+  <si>
+    <t>Monterey</t>
+  </si>
+  <si>
+    <t>Central Coast</t>
+  </si>
+  <si>
+    <t>R3-22-4201</t>
+  </si>
+  <si>
+    <t>Sanctuary Centers of Santa Barbara, Inc.</t>
+  </si>
+  <si>
+    <t>BHCIP Hollister II</t>
+  </si>
+  <si>
+    <t>Santa Barbara</t>
+  </si>
+  <si>
+    <t>Outpatient SUD Treatment</t>
+  </si>
+  <si>
+    <t>R3-22-4301</t>
+  </si>
+  <si>
+    <t>County of Santa Clara</t>
+  </si>
+  <si>
+    <t>Santa Clara County Child and Adolescent Psychiatric Facility/Behavioral Health</t>
+  </si>
+  <si>
+    <t>Santa Clara</t>
+  </si>
+  <si>
+    <t>General Acute Care Hospital</t>
+  </si>
+  <si>
+    <t>R3-22-1915</t>
+  </si>
+  <si>
+    <t>LA County</t>
+  </si>
+  <si>
+    <t>LAC+USC Mental Health Rehabilitation Center</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>R3-22-5001</t>
+  </si>
+  <si>
+    <t>Aspiranet</t>
+  </si>
+  <si>
+    <t>Central Valley Continuum of Care for Youth and Families</t>
+  </si>
+  <si>
+    <t>Stanislaus</t>
+  </si>
+  <si>
+    <t>San Joaquin Valley</t>
+  </si>
+  <si>
+    <t>Children's Crisis Residential Program</t>
+  </si>
+  <si>
+    <t>R3-22-0103</t>
+  </si>
+  <si>
+    <t>The Alliance for Community Wellness</t>
+  </si>
+  <si>
+    <t>La Familia - Crisis Center</t>
+  </si>
+  <si>
+    <t>R3-22-0104</t>
+  </si>
+  <si>
+    <t>La Familia-TAY Wellness Campus</t>
+  </si>
+  <si>
+    <t>R3-22-0901</t>
+  </si>
+  <si>
+    <t>Native Directions, Inc &amp; HomeCA, Inc</t>
+  </si>
+  <si>
+    <t>Tribal Community Wellness Center for SUD</t>
+  </si>
+  <si>
+    <t>Tribal Entity</t>
+  </si>
+  <si>
+    <t>El Dorado</t>
+  </si>
+  <si>
+    <t>Tribal</t>
+  </si>
+  <si>
+    <t>R3-22-1201</t>
+  </si>
+  <si>
+    <t>K'ima:w Medical Center</t>
+  </si>
+  <si>
+    <t>K'ima:w Medical Center Behavioral Health Building Project</t>
+  </si>
+  <si>
+    <t>Humboldt</t>
+  </si>
+  <si>
+    <t>R3-22-1906</t>
+  </si>
+  <si>
+    <t>Los Angeles County</t>
+  </si>
+  <si>
+    <t>LAC + USC Adult &amp; Adolescent Acute Inpatient Psych</t>
+  </si>
+  <si>
+    <t>Acute Psychiatric Hospital</t>
+  </si>
+  <si>
+    <t>R3-22-1907</t>
+  </si>
+  <si>
+    <t>Phoenix House of California, Inc.</t>
+  </si>
+  <si>
+    <t>LVT Expansion - Lake View Terrace</t>
+  </si>
+  <si>
+    <t>R3-22-1908</t>
+  </si>
+  <si>
+    <t>Los Angeles Centers for Alcohol and Drug Abuse</t>
+  </si>
+  <si>
+    <t>Lynwood Project</t>
+  </si>
+  <si>
+    <t>R3-22-1909</t>
+  </si>
+  <si>
+    <t>MLK Jacqueline Avant Children and Family Center Pediatric Outpatient Center and CSU</t>
+  </si>
+  <si>
+    <t>Mental Health Outpatient Treatment</t>
+  </si>
+  <si>
+    <t>R3-22-1910</t>
+  </si>
+  <si>
+    <t>Paving the Way Foundation</t>
+  </si>
+  <si>
+    <t>Paving the Way for our Community</t>
+  </si>
+  <si>
+    <t>R3-22-1904</t>
+  </si>
+  <si>
+    <t>Tarzana Treatment Centers, Inc</t>
+  </si>
+  <si>
+    <t>DHCS BHCIP Project</t>
+  </si>
+  <si>
+    <t>Recovery Residence/Sober Living Home</t>
+  </si>
+  <si>
+    <t>R3-22-3702</t>
+  </si>
+  <si>
+    <t>San Diego Freedom Ranch, Inc.</t>
+  </si>
+  <si>
+    <t>SDFR Expansion Project</t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>R3-22-3801</t>
+  </si>
+  <si>
+    <t>City and County of San Francisco</t>
+  </si>
+  <si>
+    <t>San Francisco</t>
+  </si>
+  <si>
+    <t>R3-22-1905</t>
+  </si>
+  <si>
+    <t>CRI-Help, Inc.</t>
+  </si>
+  <si>
+    <t>DHCS Licensed Integral Facility for Low Income and / or Minority Women with SUDS in the San Fernando Valley</t>
+  </si>
+  <si>
+    <t>R3-22-2702</t>
+  </si>
+  <si>
+    <t>Children's Crisis Residential Program - Monterey County Marina Property</t>
+  </si>
+  <si>
+    <t>R3-22-2901</t>
+  </si>
+  <si>
+    <t>County of Nevada</t>
+  </si>
+  <si>
+    <t>Sutton Way Wellness Center</t>
+  </si>
+  <si>
+    <t>Nevada</t>
+  </si>
+  <si>
+    <t>Balance of State</t>
+  </si>
+  <si>
+    <t>R3-22-4801</t>
+  </si>
+  <si>
+    <t>Archway Recovery Services</t>
+  </si>
+  <si>
+    <t>ARS Expansion</t>
+  </si>
+  <si>
+    <t>Solano</t>
+  </si>
+  <si>
+    <t>R3-22-4901</t>
+  </si>
+  <si>
+    <t>Drug Abuse Alternatives Center</t>
+  </si>
+  <si>
+    <t>DAAC Residential Facility</t>
+  </si>
+  <si>
+    <t>Sonoma</t>
+  </si>
+  <si>
+    <t>R3-22-1501</t>
+  </si>
+  <si>
+    <t>Good Samaritan Hospital, LP</t>
+  </si>
+  <si>
+    <t>Weedpatch Integrated Wellness Center</t>
+  </si>
+  <si>
+    <t>Kern</t>
+  </si>
+  <si>
+    <t>R3-22-1912</t>
+  </si>
+  <si>
+    <t>The Teen Project, Inc.</t>
+  </si>
+  <si>
+    <t>Sylvan Project</t>
+  </si>
+  <si>
+    <t>R3-22-1913</t>
+  </si>
+  <si>
+    <t>JWCH Institute, Inc.</t>
+  </si>
+  <si>
+    <t>Wesley Behavioral Health and Wellness Center</t>
+  </si>
+  <si>
+    <t>R3-22-1911</t>
+  </si>
+  <si>
+    <t>Epidaurus</t>
+  </si>
+  <si>
+    <t>Renovation and Expansion of Amistad de Los Angeles</t>
+  </si>
+  <si>
+    <t>R3-22-1903</t>
+  </si>
+  <si>
+    <t>Via Care Community Health Center</t>
+  </si>
+  <si>
+    <t>Cesar Chavez Wellness Community Center</t>
+  </si>
+  <si>
+    <t>R3-22-2902</t>
+  </si>
+  <si>
+    <t>Tahoe Forest Hospital District</t>
+  </si>
+  <si>
+    <t>Tahoe Forest Hospital District Medical Office Building Renovation</t>
+  </si>
+  <si>
+    <t>Hospital Based Outpatient Treatment</t>
+  </si>
+  <si>
+    <t>R3-22-1502</t>
+  </si>
+  <si>
+    <t>Dolores C. Huerta Foundation</t>
+  </si>
+  <si>
+    <t>DHF Kern County Community Wellness Center</t>
+  </si>
+  <si>
+    <t>R3-22-1901</t>
+  </si>
+  <si>
+    <t>LA Downtown Medical Center, LLC</t>
+  </si>
+  <si>
+    <t>Behavioral Health Expansion</t>
+  </si>
+  <si>
+    <t>R3-22-1902</t>
+  </si>
+  <si>
+    <t>Altadena Project</t>
+  </si>
+  <si>
+    <t>R3-22-3001</t>
+  </si>
+  <si>
+    <t>OC Health Care Agency (HCA)</t>
+  </si>
+  <si>
+    <t>Be Well Irvine</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>R3-22-3101</t>
+  </si>
+  <si>
+    <t>County of Placer - Mid Placer</t>
+  </si>
+  <si>
+    <t>Behavioral Health Respite Mid Placer</t>
+  </si>
+  <si>
+    <t>Placer</t>
+  </si>
+  <si>
+    <t>Peer Respite</t>
+  </si>
+  <si>
+    <t>Psychiatric Health Facility</t>
+  </si>
+  <si>
+    <t>R3-22-3102</t>
+  </si>
+  <si>
+    <t>County of Placer</t>
+  </si>
+  <si>
+    <t>The Adult Behavioral Health Respite Center</t>
+  </si>
+  <si>
+    <t>R3-22-2301</t>
+  </si>
+  <si>
+    <t>Redwood Quality Management Company, Inc.</t>
+  </si>
+  <si>
+    <t>Anchor Rehabilitation Center</t>
+  </si>
+  <si>
+    <t>Mendocino</t>
+  </si>
+  <si>
+    <t>R3-22-2302</t>
+  </si>
+  <si>
+    <t>Ford Street Project</t>
+  </si>
+  <si>
+    <t>Ukiah Recovery Center Expansion Project</t>
+  </si>
+  <si>
+    <t>Short-Term Residential Therapeutic Program</t>
+  </si>
+  <si>
+    <t>R3-22-5701</t>
+  </si>
+  <si>
+    <t>Friends of the Mission</t>
+  </si>
+  <si>
+    <t>Walters House II</t>
+  </si>
+  <si>
+    <t>Yolo</t>
+  </si>
+  <si>
+    <t>R3-23-3901</t>
+  </si>
+  <si>
+    <t>Kings View Foundation</t>
+  </si>
+  <si>
+    <t>Kings View Tulare SUD Infrastructure Development Project</t>
+  </si>
+  <si>
+    <t>Tulare</t>
+  </si>
+  <si>
+    <t>Narcotic Treatment Program</t>
+  </si>
+  <si>
+    <t>R4-22-1911</t>
+  </si>
+  <si>
+    <t>Round 4: Children and Youth</t>
+  </si>
+  <si>
+    <t>Tarzana Treatment Centers, Inc.</t>
+  </si>
+  <si>
+    <t>Tarzana B4_269</t>
+  </si>
+  <si>
+    <t>Outpatient Treatment for SUD</t>
+  </si>
+  <si>
+    <t>R4-22-1912</t>
+  </si>
+  <si>
+    <t>Vista Del Mar Child and Family Services</t>
+  </si>
+  <si>
+    <t>Residential Substance Abuse Treatment Program</t>
+  </si>
+  <si>
+    <t>Adolescent Residential Treatment Facility for Youth with SUD</t>
+  </si>
+  <si>
+    <t>R4-22-1913</t>
+  </si>
+  <si>
+    <t>Wellnest Emotional Health &amp; Wellness</t>
+  </si>
+  <si>
+    <t>The Nest on Jefferson - Community Wellness Center</t>
+  </si>
+  <si>
+    <t>Community Wellness/Youth Prevention Center</t>
+  </si>
+  <si>
+    <t>R4-22-1502</t>
+  </si>
+  <si>
+    <t>Good Samaritan Hospital – Wellness and SUD Center</t>
+  </si>
+  <si>
+    <t>Family Wellness Center - Wasco</t>
+  </si>
+  <si>
+    <t>R4-22-0501</t>
+  </si>
+  <si>
+    <t>Calaveras County Behavioral Health</t>
+  </si>
+  <si>
+    <t>Calaveras County BHS Integrated Service Site</t>
+  </si>
+  <si>
+    <t>Calaveras</t>
+  </si>
+  <si>
+    <t>R4-22-2801</t>
+  </si>
+  <si>
+    <t>Mentis</t>
+  </si>
+  <si>
+    <t>Napa Valley Youth Wellness Campus</t>
+  </si>
+  <si>
+    <t>Napa</t>
+  </si>
+  <si>
+    <t>Community Mental Health Clinic</t>
+  </si>
+  <si>
+    <t>R4-22-0102</t>
+  </si>
+  <si>
+    <t>Seneca Family of Agencies (GLC)</t>
+  </si>
+  <si>
+    <t>R4-22-3001</t>
+  </si>
+  <si>
+    <t>Orange County Health Care Agency</t>
+  </si>
+  <si>
+    <t>Be Well Irvine Campus</t>
+  </si>
+  <si>
+    <t>R4-22-5001</t>
+  </si>
+  <si>
+    <t>Central Valley TAY Independence Program</t>
+  </si>
+  <si>
+    <t>R4-22-5002</t>
+  </si>
+  <si>
+    <t>Center for Human Services</t>
+  </si>
+  <si>
+    <t>Outpatient Behavioral Health Center</t>
+  </si>
+  <si>
+    <t>R4-22-2901</t>
+  </si>
+  <si>
+    <t>Gateway Mountain Center</t>
+  </si>
+  <si>
+    <t>Nature Healing Center</t>
+  </si>
+  <si>
+    <t>Perinatal Residential SUD Facility</t>
+  </si>
+  <si>
+    <t>R4-22-0901</t>
+  </si>
+  <si>
+    <t>Native Directions, Inc &amp; HomeCA Inc</t>
+  </si>
+  <si>
+    <t>New Tribal Youth Perinatal Residential SUD</t>
+  </si>
+  <si>
+    <t>R4-22-1905</t>
+  </si>
+  <si>
+    <t>Rancho Los Amigos Medical Center Strong Healthy and Resilient Kids (SHARK)</t>
+  </si>
+  <si>
+    <t>R4-22-2401</t>
+  </si>
+  <si>
+    <t>Merced County Behavioral Health and Recovery Services</t>
+  </si>
+  <si>
+    <t>Children's Clinic at Behavioral Health Recovery Center Winton Facility</t>
+  </si>
+  <si>
+    <t>Merced</t>
+  </si>
+  <si>
+    <t>R4-22-1001</t>
+  </si>
+  <si>
+    <t>Fresno American Indian Health Project</t>
+  </si>
+  <si>
+    <t>Native American Continuum of Care</t>
+  </si>
+  <si>
+    <t>Fresno</t>
+  </si>
+  <si>
+    <t>R4-22-4201</t>
+  </si>
+  <si>
+    <t>County of Santa Barbara Department of Behavioral Wellness</t>
+  </si>
+  <si>
+    <t>Haley St Youth and Family Services</t>
+  </si>
+  <si>
+    <t>R4-22-1201</t>
+  </si>
+  <si>
+    <t>Sorrel Leaf Healing Center/Lost Coast Children's Residential Treatment Center Inc.</t>
+  </si>
+  <si>
+    <t>Sorrel Leaf Healing Center</t>
+  </si>
+  <si>
+    <t>R4-22-4401</t>
+  </si>
+  <si>
+    <t>Encompass Community Services</t>
+  </si>
+  <si>
+    <t>Encompass TAY Capacity Expansion Project</t>
+  </si>
+  <si>
+    <t>Santa Cruz</t>
+  </si>
+  <si>
+    <t>R4-22-1101</t>
+  </si>
+  <si>
+    <t>Glenn County Health and Human Services Agency, Behavioral Health</t>
+  </si>
+  <si>
+    <t>Orland Youth and Family Wellness Center</t>
+  </si>
+  <si>
+    <t>Glenn</t>
+  </si>
+  <si>
+    <t>R4-22-1202</t>
+  </si>
+  <si>
+    <t>Yurok Tribe, Yurok Health and Human Serivces</t>
+  </si>
+  <si>
+    <t>Yurok Youth Center</t>
+  </si>
+  <si>
+    <t>School-Linked Health Center</t>
+  </si>
+  <si>
+    <t>R4-22-1301</t>
+  </si>
+  <si>
+    <t>Imperial County Behavioral Health Services – Expansion Project</t>
+  </si>
+  <si>
+    <t>Mental Health Triage and Engagement Services Expansion Project</t>
+  </si>
+  <si>
+    <t>Imperial</t>
+  </si>
+  <si>
+    <t>R4-22-1903</t>
+  </si>
+  <si>
+    <t>Kedren INC</t>
+  </si>
+  <si>
+    <t>Kedren South- Psychiatric Acute Care Hospital &amp; Children's Village</t>
+  </si>
+  <si>
+    <t>R4-22-1302</t>
+  </si>
+  <si>
+    <t>Imperial County Behavioral Health Services – It Takes a Village</t>
+  </si>
+  <si>
+    <t>It Takes A Village:  Increasing Access to Care for Children and Adolescents in Imperial County</t>
+  </si>
+  <si>
+    <t>R4-22-1501</t>
+  </si>
+  <si>
+    <t>Good Samaritan Hospital – Wellness Center</t>
+  </si>
+  <si>
+    <t>Family Wellness Center - Weedpatch</t>
+  </si>
+  <si>
+    <t>R4-22-5403</t>
+  </si>
+  <si>
+    <t>Tule River Indian Health Center, Inc.</t>
+  </si>
+  <si>
+    <t>Yokitsa Wellness Center for Youth and Families</t>
+  </si>
+  <si>
+    <t>R4-22-1907</t>
+  </si>
+  <si>
+    <t>Rancho San Antonio Boys Home Inc.</t>
+  </si>
+  <si>
+    <t>"No Wrong Door" Youth Outpatient Center with SUD Expansion</t>
+  </si>
+  <si>
+    <t>R4-22-1908</t>
+  </si>
+  <si>
+    <t>Southern California Alcohol and Drug Programs, Inc. (SCADP) – La Casita</t>
+  </si>
+  <si>
+    <t>La Casita Perinatal Residential SUD Facility</t>
+  </si>
+  <si>
+    <t>R4-22-3301</t>
+  </si>
+  <si>
+    <t>County of Riverside, Riverside University Health System-Behavioral Health</t>
+  </si>
+  <si>
+    <t>R4-22-5003</t>
+  </si>
+  <si>
+    <t>Sierra Vista Child &amp; Family Services</t>
+  </si>
+  <si>
+    <t>Community Wellness Family Resource Center</t>
+  </si>
+  <si>
+    <t>R4-22-5401</t>
+  </si>
+  <si>
+    <t>Kaweah Delta Health Care District</t>
+  </si>
+  <si>
+    <t>Child/Adolescent Addition to Mental Health Hospital</t>
+  </si>
+  <si>
+    <t>R4-22-3901</t>
+  </si>
+  <si>
+    <t>Community Medical Centers, Inc.</t>
+  </si>
+  <si>
+    <t>CMC Adolescent Health Centers</t>
+  </si>
+  <si>
+    <t>San Joaquin</t>
+  </si>
+  <si>
+    <t>R4-22-4301</t>
+  </si>
+  <si>
+    <t>Child &amp; Adolescent Psychiatric Facility/Behavioral Health Services Center</t>
+  </si>
+  <si>
+    <t>R4-22-4402</t>
+  </si>
+  <si>
+    <t>Janus of Santa Cruz</t>
+  </si>
+  <si>
+    <t>Janus Perinatal Expansion Project-Santa Cruz County</t>
+  </si>
+  <si>
+    <t>R4-22-1904</t>
+  </si>
+  <si>
+    <t>LACADA B4_245</t>
+  </si>
+  <si>
+    <t>R4-22-3701</t>
+  </si>
+  <si>
+    <t>San Diego Center for Children - IOP and PHP</t>
+  </si>
+  <si>
+    <t>Day Treatment Intensive Half Day (IOP) and Full Day (PHP) at the San Diego Center for Children</t>
+  </si>
+  <si>
+    <t>R4-22-3702</t>
+  </si>
+  <si>
+    <t>San Diego Center for Children - CCRP</t>
+  </si>
+  <si>
+    <t>Children's Crisis Residential Program at the San Diego Center for Children</t>
+  </si>
+  <si>
+    <t>Psychiatric Residential Treatment Facility</t>
+  </si>
+  <si>
+    <t>R4-22-3401</t>
+  </si>
+  <si>
+    <t>Behavioral Health Services Department of Health Services Social Services Agency County of Sacramento</t>
+  </si>
+  <si>
+    <t>CSU/PHF - Sac County</t>
+  </si>
+  <si>
+    <t>R4-22-3601</t>
+  </si>
+  <si>
+    <t>Inland Valley Recovery Services</t>
+  </si>
+  <si>
+    <t>IVRS Campus Expansion</t>
+  </si>
+  <si>
+    <t>San Bernardino</t>
+  </si>
+  <si>
+    <t>R4-22-1902</t>
+  </si>
+  <si>
+    <t>Gateways Hospital and Mental Health Center</t>
+  </si>
+  <si>
+    <t>Gateways Hospital and Mental Health Center Youth Expansion Project</t>
+  </si>
+  <si>
+    <t>Psychiatric Acute Care Hospital</t>
+  </si>
+  <si>
+    <t>R4-22-1909</t>
+  </si>
+  <si>
+    <t>Southern California Alcohol and Drug Programs, Inc. (SCADP) – Angel Step</t>
+  </si>
+  <si>
+    <t>Angel Step Too Perinatal Residential Substance Abuse Treatment Project</t>
+  </si>
+  <si>
+    <t>R4-22-1910</t>
+  </si>
+  <si>
+    <t>St. John's Community Health</t>
+  </si>
+  <si>
+    <t>Compton Behavioral Health Wellness &amp; Treatment Center</t>
+  </si>
+  <si>
+    <t>R4-22-1906</t>
+  </si>
+  <si>
+    <t>LVT Residential TAY and PPW</t>
+  </si>
+  <si>
+    <t>R4-22-0401</t>
+  </si>
+  <si>
+    <t>Butte County Department of Behavioral Health</t>
+  </si>
+  <si>
+    <t>Chico Community Counseling Center &amp; Stepping Stones Expansion</t>
+  </si>
+  <si>
+    <t>Butte</t>
+  </si>
+  <si>
+    <t>R4-22-0402</t>
+  </si>
+  <si>
+    <t>Orchard Hospital</t>
+  </si>
+  <si>
+    <t>Orchard Hospital Adolescent Services</t>
+  </si>
+  <si>
+    <t>R4-22-3602</t>
+  </si>
+  <si>
+    <t>Pacific Clinics</t>
+  </si>
+  <si>
+    <t>Hope Center</t>
+  </si>
+  <si>
+    <t>R4-22-1701</t>
+  </si>
+  <si>
+    <t>Redwood Community Services Inc.</t>
+  </si>
+  <si>
+    <t>Tule House Peri-Natal Residential Expansion Project</t>
+  </si>
+  <si>
+    <t>Lake</t>
+  </si>
+  <si>
+    <t>R4-22-4403</t>
+  </si>
+  <si>
+    <t>Santa Cruz County Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>Santa Cruz County Childrens Crisis Programs</t>
+  </si>
+  <si>
+    <t>R4-22-3801</t>
+  </si>
+  <si>
+    <t>San Francisco Department of Public Health</t>
+  </si>
+  <si>
+    <t>San Francisco Intensive Youth Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>R4-22-1901</t>
+  </si>
+  <si>
+    <t>Beach Cities Health District</t>
+  </si>
+  <si>
+    <t>allcove Beach Cities</t>
+  </si>
+  <si>
+    <t>R4-22-0101</t>
+  </si>
+  <si>
+    <t>Safe Passages</t>
+  </si>
+  <si>
+    <t>Safe Passages Community Wellness/Prevention Center</t>
+  </si>
+  <si>
+    <t>R5-23-4901</t>
+  </si>
+  <si>
+    <t>Round 5: Crisis and Behavioral Health Continuum</t>
+  </si>
+  <si>
+    <t>County of Sonoma</t>
+  </si>
+  <si>
+    <t>Sonoma County Youth Behavioral Health Treatment</t>
+  </si>
+  <si>
+    <t>R5-23-1907</t>
+  </si>
+  <si>
+    <t>SUD Crisis Management Hub:  A Fully Integrated Behavioral Health Campus</t>
+  </si>
+  <si>
+    <t>R3-22-3701</t>
+  </si>
+  <si>
+    <t>County of San Diego</t>
+  </si>
+  <si>
+    <t>Edgemoor Acute Psychiatric Hospital</t>
+  </si>
+  <si>
+    <t>R4-22-5601</t>
+  </si>
+  <si>
+    <t>Casa Pacifica Centers for Children &amp; Families</t>
+  </si>
+  <si>
+    <t>Casa Pacifica Short Term Residential Therapeutic Program</t>
+  </si>
+  <si>
+    <t>Ventura</t>
+  </si>
+  <si>
+    <t>R4-22-5602</t>
+  </si>
+  <si>
+    <t>Ventura County Behavioral Health</t>
+  </si>
+  <si>
+    <t>Ventura County Wellness Center</t>
+  </si>
+  <si>
+    <t>R5-23-0101</t>
+  </si>
+  <si>
+    <t>Livermore Project</t>
+  </si>
+  <si>
+    <t>Adult Residential SUD Treatment Facility with Incidental Medical Services and DHCS/ASAM Level of Care 3.5 Designation only or with DHCS Level of Care 3.2 WM Designation only</t>
+  </si>
+  <si>
+    <t>Adult Residential SUD Treatment Facility</t>
+  </si>
+  <si>
+    <t>R5-23-0102</t>
+  </si>
+  <si>
+    <t>Bay Area Community Services Housing Corporation</t>
+  </si>
+  <si>
+    <t>St. Regis</t>
+  </si>
+  <si>
+    <t>Mental Health Rehabilitation Centers only with Lanterman-Petris-Short Designation</t>
+  </si>
+  <si>
+    <t>Behavioral Health Urgent Care /Mental Health Urgent Care</t>
+  </si>
+  <si>
+    <t>R5-23-0501</t>
+  </si>
+  <si>
+    <t>Mark Twain Health Care District</t>
+  </si>
+  <si>
+    <t>Crisis and Wellness Center</t>
+  </si>
+  <si>
+    <t>R5-23-0701</t>
+  </si>
+  <si>
+    <t>Contra Costa County</t>
+  </si>
+  <si>
+    <t>Contra Costa Recovery Center</t>
+  </si>
+  <si>
+    <t>Contra Costa</t>
+  </si>
+  <si>
+    <t>R5-23-1201</t>
+  </si>
+  <si>
+    <t>Mad River Community Hospital</t>
+  </si>
+  <si>
+    <t>Addressing Crisis Care with Dignity</t>
+  </si>
+  <si>
+    <t>R5-23-1301</t>
+  </si>
+  <si>
+    <t>Imperial County Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>Adult Residential SUD Treatment Facility in Imperial County</t>
+  </si>
+  <si>
+    <t>R5-23-1501</t>
+  </si>
+  <si>
+    <t>Bakersfield American Indian Health Project, Inc.</t>
+  </si>
+  <si>
+    <t>BHCIP Community Wellness Treatment Center</t>
+  </si>
+  <si>
+    <t>R5-23-1502</t>
+  </si>
+  <si>
+    <t>Kern Behavioral Health and Recovery Services</t>
+  </si>
+  <si>
+    <t>Youth CSU and Family Resource Center</t>
+  </si>
+  <si>
+    <t>R5-23-1902</t>
+  </si>
+  <si>
+    <t>JWCH B5_498</t>
+  </si>
+  <si>
+    <t>R5-23-1903</t>
+  </si>
+  <si>
+    <t>County of Los Angeles</t>
+  </si>
+  <si>
+    <t>High Desert CRTP &amp; Children and Youth CSU/HUB</t>
+  </si>
+  <si>
+    <t>Community Residential Treatment System /Social Rehabilitation Program with the category of Short-Term Crisis Residential only</t>
+  </si>
+  <si>
+    <t>R5-23-1904</t>
+  </si>
+  <si>
+    <t>Mission Community Hospital</t>
+  </si>
+  <si>
+    <t>MCH BHUC/MHUC</t>
+  </si>
+  <si>
+    <t>R5-23-1905</t>
+  </si>
+  <si>
+    <t>Southern California Health And Rehabilitation Program</t>
+  </si>
+  <si>
+    <t>SCHARP Crisis Stabilization &amp; Treatment Center</t>
+  </si>
+  <si>
+    <t>R5-23-1906</t>
+  </si>
+  <si>
+    <t>St. Anne's Family Services</t>
+  </si>
+  <si>
+    <t>STRTP for One</t>
+  </si>
+  <si>
+    <t>R5-23-1908</t>
+  </si>
+  <si>
+    <t>Sycamores</t>
+  </si>
+  <si>
+    <t>Sycamores Children's Crisis Continuum Program</t>
+  </si>
+  <si>
+    <t>R5-23-1909</t>
+  </si>
+  <si>
+    <t>The TransLatin@ Coalition</t>
+  </si>
+  <si>
+    <t>Trans Behavioral Health and Wellness Center</t>
+  </si>
+  <si>
+    <t>R5-23-1910</t>
+  </si>
+  <si>
+    <t>The Whole Child - Mental Health and Housing Services</t>
+  </si>
+  <si>
+    <t>Trauma Healing and Wellness Center for Homeless Families and the Community</t>
+  </si>
+  <si>
+    <t>R5-23-1911</t>
+  </si>
+  <si>
+    <t>TTC East Palmdale Project</t>
+  </si>
+  <si>
+    <t>R5-23-2001</t>
+  </si>
+  <si>
+    <t>Madera County</t>
+  </si>
+  <si>
+    <t>Madera County Youth/Adult Crisis Stabilization Unit &amp; Adult Sobering Center</t>
+  </si>
+  <si>
+    <t>Madera</t>
+  </si>
+  <si>
+    <t>R5-23-2101</t>
+  </si>
+  <si>
+    <t>Marin County Department of Health and Human Services</t>
+  </si>
+  <si>
+    <t>Closing the Gap: Residential Services for Adults with Co-Occurring Disorders</t>
+  </si>
+  <si>
+    <t>Marin</t>
+  </si>
+  <si>
+    <t>Adult Residential SUD Treatment Facility with Incidental Medical Services and DHCS/ASAM Level of Care 3.1, 3.2 WM, and 3.5 Designations</t>
+  </si>
+  <si>
+    <t>R5-23-2301</t>
+  </si>
+  <si>
+    <t>County of Mendocino Behavioral Health</t>
+  </si>
+  <si>
+    <t>Whitmore PHF</t>
+  </si>
+  <si>
+    <t>R5-23-2701</t>
+  </si>
+  <si>
+    <t>County of Monterey</t>
+  </si>
+  <si>
+    <t>Monterey County Regional MHRC</t>
+  </si>
+  <si>
+    <t>R5-23-2801</t>
+  </si>
+  <si>
+    <t>Napa County Health and Human Services Agency</t>
+  </si>
+  <si>
+    <t>Crisis Stabilization Unit (CSU) - Children's Services Expansion</t>
+  </si>
+  <si>
+    <t>R5-23-3401</t>
+  </si>
+  <si>
+    <t>WellSpace Health</t>
+  </si>
+  <si>
+    <t>WellSpace Health Community Wellness Campus</t>
+  </si>
+  <si>
+    <t>R5-23-3601</t>
+  </si>
+  <si>
+    <t>San Bernardino County Department of Behavioral Health</t>
+  </si>
+  <si>
+    <t>Comprehensive Treatment Campus</t>
+  </si>
+  <si>
+    <t>Adolescent Residential SUD Treatment Facility</t>
+  </si>
+  <si>
+    <t>R5-23-3801</t>
+  </si>
+  <si>
+    <t>City and County of SF B5_488</t>
+  </si>
+  <si>
+    <t>NTP Medication Unit</t>
+  </si>
+  <si>
+    <t>R5-23-3901</t>
+  </si>
+  <si>
+    <t>San Joaquin County Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>Psychiatric Health Facility Capacity Expansion</t>
+  </si>
+  <si>
+    <t>R5-23-4201</t>
+  </si>
+  <si>
+    <t>Good Samaritan Shelter</t>
+  </si>
+  <si>
+    <t>Lompoc Sobering Center</t>
+  </si>
+  <si>
+    <t>R5-23-4301</t>
+  </si>
+  <si>
+    <t>Pathway Society, Inc.</t>
+  </si>
+  <si>
+    <t>Pathway to Compassionate Detoxification</t>
+  </si>
+  <si>
+    <t>Adolescent Residential SUD Treatment Facility with a DHCS/ASAM Level of Care 3.5 Designation and Withdrawal Management Designation</t>
+  </si>
+  <si>
+    <t>R5-23-5401</t>
+  </si>
+  <si>
+    <t>Tulare County Health and Human Services Agency, Mental Health Branch</t>
+  </si>
+  <si>
+    <t>Behavioral Health Urgent Care (BHUC)</t>
+  </si>
+  <si>
+    <t>R5-23-5501</t>
+  </si>
+  <si>
+    <t>Mathiesen Memorial Health Clinic</t>
+  </si>
+  <si>
+    <t>Mathiesen Memorial Health &amp; Wellness Center</t>
+  </si>
+  <si>
+    <t>Tuolumne</t>
   </si>
   <si>
     <t>Identification Number</t>
   </si>
   <si>
     <t>Funding Round</t>
   </si>
   <si>
-    <t>Entity Name</t>
-[...4 lines deleted...]
-  <si>
     <t>Entity Type</t>
   </si>
   <si>
-    <t>County</t>
-[...1 lines deleted...]
-  <si>
     <t>Region</t>
-  </si>
-[...1375 lines deleted...]
-    <t>Tuolumne</t>
   </si>
   <si>
     <t>Tab Information</t>
   </si>
   <si>
     <t>Rounds 3, 4, 5 Facilities</t>
   </si>
   <si>
     <t>This tab includes information about Facilities, noting that projects many have multiple service modalities.</t>
   </si>
   <si>
     <t>Rounds 3, 4, 5 Sponsors</t>
   </si>
   <si>
     <t>This tab includes information about Sponsors.</t>
   </si>
   <si>
     <t>Terminology</t>
   </si>
   <si>
     <t xml:space="preserve">Individuals Served Annually </t>
   </si>
   <si>
     <t>Unduplicated number of person(s) served in an outpatient setting on an annual basis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_([$$-409]* #,##0.00_);_([$$-409]* \(#,##0.00\);_([$$-409]* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="12">
+  <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
@@ -1575,57 +1593,50 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
@@ -1703,118 +1714,125 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Neutral 2" xfId="2" xr:uid="{2CCD5FE1-5AB4-4002-BC5D-97B9458797F8}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
@@ -2329,11603 +2347,11177 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5092E5A9-BC18-4349-9F13-61C83E3D92BB}">
-  <dimension ref="A1:O294"/>
+  <dimension ref="A1:P288"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C43" sqref="C43"/>
+      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C18" sqref="C18"/>
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="32.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="51.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="109.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="115.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.28515625" style="3" customWidth="1"/>
     <col min="6" max="6" width="23.28515625" style="3" customWidth="1"/>
     <col min="7" max="7" width="26.140625" customWidth="1"/>
     <col min="8" max="8" width="187.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="41.42578125" customWidth="1"/>
-    <col min="10" max="10" width="41.42578125" style="11" customWidth="1"/>
+    <col min="10" max="10" width="41.42578125" style="16" customWidth="1"/>
     <col min="11" max="11" width="25.42578125" style="14" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="32.28515625" style="14" hidden="1" customWidth="1"/>
     <col min="13" max="14" width="15" style="3" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="20.42578125" style="3" hidden="1" customWidth="1"/>
-    <col min="16" max="16384" width="199.140625" style="3" hidden="1"/>
+    <col min="16" max="16" width="20.42578125" style="3" hidden="1"/>
+    <col min="17" max="16382" width="199.140625" style="3" hidden="1"/>
+    <col min="16383" max="16384" width="199.140625" style="3" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="95.25" customHeight="1">
-      <c r="A1" s="28" t="s">
+      <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="29"/>
-[...5 lines deleted...]
-      <c r="H1" s="26"/>
+      <c r="B1" s="32"/>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="25"/>
       <c r="I1" s="1"/>
-      <c r="J1" s="3"/>
+      <c r="J1" s="27"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
     </row>
-    <row r="2" spans="1:12" s="25" customFormat="1" ht="31.5">
-      <c r="A2" s="25" t="s">
+    <row r="2" spans="1:12" s="24" customFormat="1" ht="31.5">
+      <c r="A2" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="25" t="s">
+      <c r="B2" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="25" t="s">
+      <c r="C2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="25" t="s">
+      <c r="D2" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="25" t="s">
+      <c r="E2" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="25" t="s">
+      <c r="F2" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="25" t="s">
+      <c r="G2" s="24" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="25" t="s">
+      <c r="I2" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="25" t="s">
+      <c r="J2" s="28" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="15">
+    <row r="3" spans="1:12" ht="15" customHeight="1">
       <c r="A3" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H3" s="3" t="s">
+      <c r="H3" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="I3" s="8">
-[...2 lines deleted...]
-      <c r="J3" s="7"/>
+      <c r="I3" s="14">
+        <v>40</v>
+      </c>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
     </row>
-    <row r="4" spans="1:12" ht="15">
+    <row r="4" spans="1:12" ht="15" customHeight="1">
       <c r="A4" s="6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H4" s="11" t="s">
-[...5 lines deleted...]
-      <c r="J4" s="14"/>
+      <c r="H4" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I4" s="8"/>
+      <c r="J4" s="15">
+        <v>2190</v>
+      </c>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
     </row>
-    <row r="5" spans="1:12" ht="15">
+    <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="6" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="B5" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="11" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="I5" s="14"/>
       <c r="J5" s="16">
-        <v>5000</v>
+        <v>9600</v>
       </c>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
     </row>
-    <row r="6" spans="1:12" ht="15">
+    <row r="6" spans="1:12" ht="15" customHeight="1">
       <c r="A6" s="6" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="B6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="J6" s="14"/>
+      <c r="H6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="I6" s="8"/>
+      <c r="J6" s="15">
+        <v>2670</v>
+      </c>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
     </row>
-    <row r="7" spans="1:12" ht="15">
+    <row r="7" spans="1:12" ht="15" customHeight="1">
       <c r="A7" s="6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B7" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H7" s="11" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I7" s="8">
+        <v>50</v>
+      </c>
+      <c r="J7" s="15"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
     </row>
-    <row r="8" spans="1:12" ht="15">
+    <row r="8" spans="1:12" ht="15" customHeight="1">
       <c r="A8" s="6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B8" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H8" s="11" t="s">
+      <c r="H8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="14">
+      <c r="I8" s="8">
         <v>16</v>
       </c>
-      <c r="J8" s="14"/>
+      <c r="J8" s="15"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
     </row>
-    <row r="9" spans="1:12" ht="15">
+    <row r="9" spans="1:12" ht="15" customHeight="1">
       <c r="A9" s="6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="B9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="8">
+        <v>120</v>
+      </c>
+      <c r="J9" s="15"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
     </row>
-    <row r="10" spans="1:12" ht="15">
+    <row r="10" spans="1:12" ht="15" customHeight="1">
       <c r="A10" s="6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B10" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="I10" s="8"/>
-      <c r="J10" s="7">
+      <c r="J10" s="15">
         <v>400</v>
       </c>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
     </row>
-    <row r="11" spans="1:12" ht="15">
+    <row r="11" spans="1:12" ht="15" customHeight="1">
       <c r="A11" s="6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B11" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="E11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H11" s="3" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-        <v>900</v>
+        <v>35</v>
+      </c>
+      <c r="I11" s="8"/>
+      <c r="J11" s="15">
+        <v>36000</v>
       </c>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
     </row>
-    <row r="12" spans="1:12" ht="15">
+    <row r="12" spans="1:12" ht="15" customHeight="1">
       <c r="A12" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="3" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I12" s="8">
+        <v>32</v>
+      </c>
+      <c r="J12" s="15"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
     </row>
-    <row r="13" spans="1:12" ht="15">
+    <row r="13" spans="1:12" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B13" s="6" t="s">
-[...20 lines deleted...]
-      <c r="I13" s="8"/>
+      <c r="I13" s="7"/>
       <c r="J13" s="15">
-        <v>3500</v>
+        <v>312</v>
       </c>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
     </row>
-    <row r="14" spans="1:12" ht="15">
+    <row r="14" spans="1:12" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="B14" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>48</v>
-[...7 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I14" s="7">
+        <v>16</v>
+      </c>
+      <c r="J14" s="15"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
     </row>
-    <row r="15" spans="1:12" ht="15">
+    <row r="15" spans="1:12" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      <c r="J15" s="7"/>
+        <v>52</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="I15" s="8"/>
+      <c r="J15" s="15">
+        <v>1489</v>
+      </c>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
     </row>
-    <row r="16" spans="1:12" ht="15">
+    <row r="16" spans="1:12" ht="15" customHeight="1">
       <c r="A16" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...23 lines deleted...]
-      <c r="J16" s="14"/>
+      <c r="I16" s="8"/>
+      <c r="J16" s="15">
+        <v>1000</v>
+      </c>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
     </row>
-    <row r="17" spans="1:12" ht="15">
+    <row r="17" spans="1:12" ht="15" customHeight="1">
       <c r="A17" s="6" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="B17" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="I17" s="8">
+        <v>30</v>
+      </c>
+      <c r="J17" s="15"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
     </row>
-    <row r="18" spans="1:12" ht="15">
+    <row r="18" spans="1:12" ht="15" customHeight="1">
       <c r="A18" s="6" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="B18" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B18" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I18" s="8">
+        <v>128</v>
+      </c>
+      <c r="J18" s="15"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
     </row>
-    <row r="19" spans="1:12" ht="15">
+    <row r="19" spans="1:12" ht="15" customHeight="1">
       <c r="A19" s="6" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="B19" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="I19" s="7">
+        <v>6</v>
+      </c>
+      <c r="J19" s="15"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
     </row>
-    <row r="20" spans="1:12" ht="15">
+    <row r="20" spans="1:12" ht="15" customHeight="1">
       <c r="A20" s="6" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="B20" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H20" s="3" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="J20" s="7"/>
+        <v>19</v>
+      </c>
+      <c r="I20" s="7"/>
+      <c r="J20" s="15">
+        <v>5000</v>
+      </c>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
     </row>
-    <row r="21" spans="1:12" ht="15">
+    <row r="21" spans="1:12" ht="15" customHeight="1">
       <c r="A21" s="6" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="B21" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="I21" s="7">
         <v>16</v>
       </c>
-      <c r="J21" s="7"/>
+      <c r="J21" s="15"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
     </row>
-    <row r="22" spans="1:12" ht="15">
+    <row r="22" spans="1:12" ht="15" customHeight="1">
       <c r="A22" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="B22" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B22" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      <c r="J22" s="7"/>
+        <v>43</v>
+      </c>
+      <c r="H22" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="I22" s="14"/>
+      <c r="J22" s="16">
+        <v>300</v>
+      </c>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
     </row>
-    <row r="23" spans="1:12" ht="15">
+    <row r="23" spans="1:12" ht="15" customHeight="1">
       <c r="A23" s="6" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="B23" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H23" s="11" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I23" s="14">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="J23" s="14"/>
+        <v>16</v>
+      </c>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
     </row>
-    <row r="24" spans="1:12" ht="15">
+    <row r="24" spans="1:12" ht="15" customHeight="1">
       <c r="A24" s="6" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="B24" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="H24" s="11" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="J24" s="14"/>
+        <v>35</v>
+      </c>
+      <c r="I24" s="14"/>
+      <c r="J24" s="16">
+        <v>250</v>
+      </c>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
     </row>
-    <row r="25" spans="1:12" ht="15">
+    <row r="25" spans="1:12" ht="15" customHeight="1">
       <c r="A25" s="6" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="B25" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="B25" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-        <v>90</v>
+        <v>83</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I25" s="8"/>
+      <c r="J25" s="15">
+        <v>400</v>
       </c>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
     </row>
-    <row r="26" spans="1:12" ht="15">
+    <row r="26" spans="1:12" ht="15" customHeight="1">
       <c r="A26" s="6" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="B26" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B26" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      <c r="J26" s="14"/>
+        <v>83</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I26" s="8"/>
+      <c r="J26" s="15">
+        <v>900</v>
+      </c>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
     </row>
-    <row r="27" spans="1:12" ht="15">
+    <row r="27" spans="1:12" ht="15" customHeight="1">
       <c r="A27" s="6" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="B27" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I27" s="7">
+        <v>34</v>
+      </c>
+      <c r="J27" s="15"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
     </row>
-    <row r="28" spans="1:12" ht="15">
+    <row r="28" spans="1:12" ht="15" customHeight="1">
       <c r="A28" s="6" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="B28" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B28" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I28" s="7">
+        <v>42</v>
+      </c>
+      <c r="J28" s="15"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
     </row>
-    <row r="29" spans="1:12" ht="15">
+    <row r="29" spans="1:12" ht="15" customHeight="1">
       <c r="A29" s="6" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B29" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B29" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H29" s="11" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="J29" s="14"/>
+        <v>20</v>
+      </c>
+      <c r="I29" s="14"/>
+      <c r="J29" s="16">
+        <v>90</v>
+      </c>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
     </row>
-    <row r="30" spans="1:12" ht="15">
+    <row r="30" spans="1:12" ht="15" customHeight="1">
       <c r="A30" s="6" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="B30" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B30" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H30" s="11" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I30" s="14">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="J30" s="14"/>
+        <v>75</v>
+      </c>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
     </row>
-    <row r="31" spans="1:12" ht="15">
+    <row r="31" spans="1:12" ht="15" customHeight="1">
       <c r="A31" s="6" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="B31" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H31" s="11" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I31" s="14"/>
-      <c r="J31" s="14">
-        <v>150</v>
+      <c r="J31" s="16">
+        <v>4400</v>
       </c>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
     </row>
-    <row r="32" spans="1:12" ht="15">
+    <row r="32" spans="1:12" ht="15" customHeight="1">
       <c r="A32" s="6" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="B32" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H32" s="11" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="I32" s="14"/>
       <c r="J32" s="16">
-        <v>3258</v>
+        <v>3600</v>
       </c>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
     </row>
-    <row r="33" spans="1:12" ht="15">
+    <row r="33" spans="1:12" ht="15" customHeight="1">
       <c r="A33" s="6" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="B33" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B33" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H33" s="11" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="I33" s="14">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="J33" s="14"/>
+        <v>16</v>
+      </c>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
     </row>
-    <row r="34" spans="1:12" ht="15">
+    <row r="34" spans="1:12" ht="15" customHeight="1">
       <c r="A34" s="6" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B34" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B34" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-        <v>2940</v>
+        <v>17</v>
+      </c>
+      <c r="H34" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I34" s="14">
+        <v>86</v>
       </c>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
     </row>
-    <row r="35" spans="1:12" ht="15">
+    <row r="35" spans="1:12" ht="15" customHeight="1">
       <c r="A35" s="6" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B35" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="B35" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="J35" s="7"/>
+        <v>43</v>
+      </c>
+      <c r="H35" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="I35" s="14"/>
+      <c r="J35" s="16">
+        <v>1500</v>
+      </c>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
     </row>
-    <row r="36" spans="1:12" ht="15">
+    <row r="36" spans="1:12" ht="15" customHeight="1">
       <c r="A36" s="6" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B36" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B36" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>104</v>
+        <v>54</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="J36" s="7"/>
+        <v>52</v>
+      </c>
+      <c r="H36" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="I36" s="14"/>
+      <c r="J36" s="16">
+        <v>200</v>
+      </c>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
     </row>
-    <row r="37" spans="1:12" ht="15">
+    <row r="37" spans="1:12" ht="15" customHeight="1">
       <c r="A37" s="6" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B37" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B37" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>104</v>
+        <v>54</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-        <v>150</v>
+        <v>52</v>
+      </c>
+      <c r="H37" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="I37" s="14"/>
+      <c r="J37" s="16">
+        <v>800</v>
       </c>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
     </row>
-    <row r="38" spans="1:12" ht="15">
+    <row r="38" spans="1:12" ht="15" customHeight="1">
       <c r="A38" s="6" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B38" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="B38" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="J38" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="H38" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38" s="14">
+        <v>24</v>
+      </c>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
     </row>
-    <row r="39" spans="1:12" ht="15">
+    <row r="39" spans="1:12" ht="15" customHeight="1">
       <c r="A39" s="6" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B39" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B39" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-      <c r="J39" s="10"/>
+        <v>52</v>
+      </c>
+      <c r="H39" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="I39" s="14">
+        <v>6</v>
+      </c>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
     </row>
-    <row r="40" spans="1:12" ht="15">
+    <row r="40" spans="1:12" ht="15" customHeight="1">
       <c r="A40" s="6" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B40" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="B40" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-        <v>1489</v>
+        <v>124</v>
+      </c>
+      <c r="H40" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="I40" s="14"/>
+      <c r="J40" s="16">
+        <v>400</v>
       </c>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
     </row>
-    <row r="41" spans="1:12" ht="15">
+    <row r="41" spans="1:12" ht="15" customHeight="1">
       <c r="A41" s="6" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B41" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B41" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="H41" s="11" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="J41" s="14"/>
+        <v>20</v>
+      </c>
+      <c r="I41" s="14"/>
+      <c r="J41" s="16">
+        <v>400</v>
+      </c>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
     </row>
-    <row r="42" spans="1:12" ht="15">
+    <row r="42" spans="1:12" ht="15" customHeight="1">
       <c r="A42" s="6" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="B42" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="B42" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-        <v>400</v>
+        <v>43</v>
+      </c>
+      <c r="H42" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I42" s="14">
+        <v>62</v>
       </c>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
     </row>
-    <row r="43" spans="1:12" ht="15">
+    <row r="43" spans="1:12" ht="15" customHeight="1">
       <c r="A43" s="6" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="B43" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="B43" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-        <v>400</v>
+        <v>43</v>
+      </c>
+      <c r="H43" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="14">
+        <v>50</v>
       </c>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
     </row>
-    <row r="44" spans="1:12" ht="15">
+    <row r="44" spans="1:12" ht="15" customHeight="1">
       <c r="A44" s="6" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="B44" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B44" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="H44" s="11" t="s">
-        <v>119</v>
+        <v>35</v>
       </c>
       <c r="I44" s="14"/>
-      <c r="J44" s="14">
-        <v>600</v>
+      <c r="J44" s="16">
+        <v>300</v>
       </c>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
     </row>
-    <row r="45" spans="1:12" ht="15">
+    <row r="45" spans="1:12" ht="15" customHeight="1">
       <c r="A45" s="6" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="B45" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B45" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>121</v>
+        <v>85</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>122</v>
+        <v>86</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="H45" s="11" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="I45" s="14"/>
       <c r="J45" s="16">
-        <v>8760</v>
+        <v>400</v>
       </c>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
     </row>
-    <row r="46" spans="1:12" ht="15">
+    <row r="46" spans="1:12" ht="15" customHeight="1">
       <c r="A46" s="6" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="B46" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B46" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="H46" s="11" t="s">
-        <v>125</v>
+        <v>35</v>
       </c>
       <c r="I46" s="14"/>
       <c r="J46" s="16">
-        <v>7008</v>
+        <v>3500</v>
       </c>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
     </row>
-    <row r="47" spans="1:12" ht="15">
+    <row r="47" spans="1:12" ht="15" customHeight="1">
       <c r="A47" s="6" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="B47" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>129</v>
+        <v>66</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>130</v>
-[...7 lines deleted...]
-      <c r="J47" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="H47" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I47" s="14">
+        <v>24</v>
+      </c>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
     </row>
-    <row r="48" spans="1:12" ht="15">
+    <row r="48" spans="1:12" ht="15" customHeight="1">
       <c r="A48" s="6" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="B48" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>129</v>
+        <v>66</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>130</v>
-[...7 lines deleted...]
-      <c r="J48" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="H48" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="I48" s="14"/>
+      <c r="J48" s="16">
+        <v>3258</v>
+      </c>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
     </row>
-    <row r="49" spans="1:12" ht="15">
+    <row r="49" spans="1:12" ht="15" customHeight="1">
       <c r="A49" s="6" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="B49" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>129</v>
+        <v>66</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>130</v>
-[...7 lines deleted...]
-      <c r="J49" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="H49" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I49" s="14">
+        <v>26</v>
+      </c>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
     </row>
-    <row r="50" spans="1:12" ht="15">
+    <row r="50" spans="1:12" ht="15" customHeight="1">
       <c r="A50" s="6" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="B50" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-      <c r="J50" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="H50" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="I50" s="14"/>
+      <c r="J50" s="16">
+        <v>8100</v>
+      </c>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
     </row>
-    <row r="51" spans="1:12" ht="15">
+    <row r="51" spans="1:12" ht="15" customHeight="1">
       <c r="A51" s="6" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="B51" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B51" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-        <v>2190</v>
+        <v>66</v>
+      </c>
+      <c r="H51" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="I51" s="14"/>
+      <c r="J51" s="16">
+        <v>520</v>
       </c>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
     </row>
-    <row r="52" spans="1:12" ht="15">
+    <row r="52" spans="1:12" ht="15" customHeight="1">
       <c r="A52" s="6" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="B52" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B52" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-      <c r="J52" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="H52" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="I52" s="14"/>
+      <c r="J52" s="16">
+        <v>6276</v>
+      </c>
       <c r="K52" s="3"/>
       <c r="L52" s="3"/>
     </row>
-    <row r="53" spans="1:12" ht="15">
+    <row r="53" spans="1:12" ht="15" customHeight="1">
       <c r="A53" s="6" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="B53" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="B53" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-        <v>9600</v>
+        <v>66</v>
+      </c>
+      <c r="H53" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" s="14">
+        <v>60</v>
       </c>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
     </row>
-    <row r="54" spans="1:12" ht="15">
+    <row r="54" spans="1:12" ht="15" customHeight="1">
       <c r="A54" s="6" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="B54" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="B54" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="H54" s="3" t="s">
-[...4 lines deleted...]
-        <v>2670</v>
+      <c r="H54" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="I54" s="14"/>
+      <c r="J54" s="16">
+        <v>600</v>
       </c>
       <c r="K54" s="3"/>
       <c r="L54" s="3"/>
     </row>
-    <row r="55" spans="1:12" ht="15">
+    <row r="55" spans="1:12" ht="15" customHeight="1">
       <c r="A55" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B55" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G55" s="1" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-      <c r="J55" s="7"/>
+        <v>71</v>
+      </c>
+      <c r="H55" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="I55" s="14"/>
+      <c r="J55" s="16">
+        <v>1200</v>
+      </c>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
     </row>
-    <row r="56" spans="1:12" ht="15">
+    <row r="56" spans="1:12" ht="15" customHeight="1">
       <c r="A56" s="6" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="B56" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B56" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-      <c r="J56" s="7"/>
+        <v>66</v>
+      </c>
+      <c r="H56" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="I56" s="14">
+        <v>73</v>
+      </c>
       <c r="K56" s="3"/>
       <c r="L56" s="3"/>
     </row>
-    <row r="57" spans="1:12" ht="15">
+    <row r="57" spans="1:12" ht="15" customHeight="1">
       <c r="A57" s="6" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="B57" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B57" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>141</v>
+        <v>96</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>142</v>
+        <v>160</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-        <v>400</v>
+        <v>66</v>
+      </c>
+      <c r="H57" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="14">
+        <v>18</v>
       </c>
       <c r="K57" s="3"/>
       <c r="L57" s="3"/>
     </row>
-    <row r="58" spans="1:12" ht="15">
+    <row r="58" spans="1:12" ht="15" customHeight="1">
       <c r="A58" s="6" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="B58" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="B58" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>130</v>
-[...6 lines deleted...]
-        <v>36000</v>
+        <v>17</v>
+      </c>
+      <c r="H58" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="I58" s="14"/>
+      <c r="J58" s="16">
+        <v>8760</v>
       </c>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
     </row>
-    <row r="59" spans="1:12" ht="15">
+    <row r="59" spans="1:12" ht="15" customHeight="1">
       <c r="A59" s="6" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="B59" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="B59" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>130</v>
-[...7 lines deleted...]
-      <c r="J59" s="7"/>
+        <v>17</v>
+      </c>
+      <c r="H59" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="I59" s="14"/>
+      <c r="J59" s="16">
+        <v>7008</v>
+      </c>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
     </row>
-    <row r="60" spans="1:12" ht="15">
+    <row r="60" spans="1:12" ht="15" customHeight="1">
       <c r="A60" s="6" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>165</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-      <c r="J60" s="7"/>
+        <v>34</v>
+      </c>
+      <c r="H60" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="I60" s="14">
+        <v>3</v>
+      </c>
       <c r="K60" s="3"/>
       <c r="L60" s="3"/>
     </row>
-    <row r="61" spans="1:12" ht="15">
+    <row r="61" spans="1:12" ht="15" customHeight="1">
       <c r="A61" s="6" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="B61" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="B61" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-      <c r="J61" s="7"/>
+        <v>34</v>
+      </c>
+      <c r="H61" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="I61" s="14">
+        <v>16</v>
+      </c>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
     </row>
-    <row r="62" spans="1:12" ht="15">
+    <row r="62" spans="1:12" ht="15" customHeight="1">
       <c r="A62" s="6" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="B62" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="B62" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-        <v>150</v>
+        <v>34</v>
+      </c>
+      <c r="H62" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="I62" s="14">
+        <v>16</v>
       </c>
       <c r="K62" s="3"/>
       <c r="L62" s="3"/>
     </row>
-    <row r="63" spans="1:12" ht="15">
+    <row r="63" spans="1:12" ht="15" customHeight="1">
       <c r="A63" s="6" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="B63" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B63" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>158</v>
+        <v>176</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="H63" s="3" t="s">
-[...4 lines deleted...]
-        <v>150</v>
+      <c r="H63" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="I63" s="14">
+        <v>16</v>
       </c>
       <c r="K63" s="3"/>
       <c r="L63" s="3"/>
     </row>
-    <row r="64" spans="1:12" ht="15">
+    <row r="64" spans="1:12" ht="15" customHeight="1">
       <c r="A64" s="6" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="B64" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B64" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>158</v>
+        <v>176</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="H64" s="3" t="s">
-[...4 lines deleted...]
-        <v>250</v>
+      <c r="H64" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="I64" s="14"/>
+      <c r="J64" s="16">
+        <v>2940</v>
       </c>
       <c r="K64" s="3"/>
       <c r="L64" s="3"/>
     </row>
-    <row r="65" spans="1:12" ht="15">
+    <row r="65" spans="1:12" ht="15" customHeight="1">
       <c r="A65" s="6" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="B65" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="B65" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-        <v>1500</v>
+        <v>124</v>
+      </c>
+      <c r="H65" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I65" s="14">
+        <v>12</v>
       </c>
       <c r="K65" s="3"/>
       <c r="L65" s="3"/>
     </row>
-    <row r="66" spans="1:12" ht="15">
+    <row r="66" spans="1:12" ht="15" customHeight="1">
       <c r="A66" s="6" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="B66" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>163</v>
+        <v>68</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>164</v>
+        <v>69</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>165</v>
+        <v>70</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-        <v>200</v>
+        <v>71</v>
+      </c>
+      <c r="H66" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="I66" s="14"/>
+      <c r="J66" s="16">
+        <v>100</v>
       </c>
       <c r="K66" s="3"/>
       <c r="L66" s="3"/>
     </row>
-    <row r="67" spans="1:12" ht="15">
+    <row r="67" spans="1:12" ht="15" customHeight="1">
       <c r="A67" s="6" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="B67" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B67" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>163</v>
+        <v>68</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>164</v>
+        <v>69</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>165</v>
+        <v>70</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-        <v>800</v>
+        <v>71</v>
+      </c>
+      <c r="H67" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="I67" s="14"/>
+      <c r="J67" s="16">
+        <v>1250</v>
       </c>
       <c r="K67" s="3"/>
       <c r="L67" s="3"/>
     </row>
-    <row r="68" spans="1:12" ht="15">
+    <row r="68" spans="1:12" ht="15" customHeight="1">
       <c r="A68" s="6" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="B68" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B68" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>163</v>
+        <v>68</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>164</v>
+        <v>69</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>165</v>
+        <v>70</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-        <v>1000</v>
+        <v>71</v>
+      </c>
+      <c r="H68" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="I68" s="14">
+        <v>8</v>
       </c>
       <c r="K68" s="3"/>
       <c r="L68" s="3"/>
     </row>
-    <row r="69" spans="1:12" ht="15">
+    <row r="69" spans="1:12" ht="15" customHeight="1">
       <c r="A69" s="6" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="B69" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B69" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>169</v>
+        <v>69</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="H69" s="11" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-        <v>8768</v>
+        <v>181</v>
+      </c>
+      <c r="I69" s="14">
+        <v>16</v>
       </c>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
     </row>
-    <row r="70" spans="1:12" ht="15">
+    <row r="70" spans="1:12" ht="15" customHeight="1">
       <c r="A70" s="6" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="B70" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B70" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H70" s="11" t="s">
-        <v>171</v>
-[...4 lines deleted...]
-      <c r="J70" s="14"/>
+        <v>20</v>
+      </c>
+      <c r="I70" s="14"/>
+      <c r="J70" s="16">
+        <v>150</v>
+      </c>
       <c r="K70" s="3"/>
       <c r="L70" s="3"/>
     </row>
-    <row r="71" spans="1:12" ht="15">
+    <row r="71" spans="1:12" ht="15" customHeight="1">
       <c r="A71" s="6" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="B71" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B71" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H71" s="11" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-        <v>2638</v>
+        <v>107</v>
+      </c>
+      <c r="I71" s="14">
+        <v>12</v>
       </c>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
     </row>
-    <row r="72" spans="1:12" ht="15">
+    <row r="72" spans="1:12" ht="15" customHeight="1">
       <c r="A72" s="6" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="B72" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B72" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>174</v>
+        <v>50</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>175</v>
+        <v>51</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-      <c r="J72" s="7"/>
+        <v>52</v>
+      </c>
+      <c r="H72" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="I72" s="14">
+        <v>4</v>
+      </c>
       <c r="K72" s="3"/>
       <c r="L72" s="3"/>
     </row>
-    <row r="73" spans="1:12" ht="15">
+    <row r="73" spans="1:12" ht="15" customHeight="1">
       <c r="A73" s="6" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="B73" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="B73" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="H73" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H73" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I73" s="14">
         <v>60</v>
       </c>
-      <c r="I73" s="8">
-[...2 lines deleted...]
-      <c r="J73" s="7"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
     </row>
-    <row r="74" spans="1:12" ht="15">
+    <row r="74" spans="1:12" ht="15" customHeight="1">
       <c r="A74" s="6" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="B74" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="B74" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>48</v>
-[...7 lines deleted...]
-      <c r="J74" s="7"/>
+        <v>71</v>
+      </c>
+      <c r="H74" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="I74" s="14"/>
+      <c r="J74" s="16">
+        <v>160</v>
+      </c>
       <c r="K74" s="3"/>
       <c r="L74" s="3"/>
     </row>
-    <row r="75" spans="1:12" ht="15">
+    <row r="75" spans="1:12" ht="15" customHeight="1">
       <c r="A75" s="6" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>191</v>
+      </c>
+      <c r="B75" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>181</v>
+        <v>193</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>182</v>
+        <v>194</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>183</v>
+        <v>66</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>37</v>
+        <v>195</v>
       </c>
       <c r="I75" s="8"/>
-      <c r="J75" s="7">
-        <v>300</v>
+      <c r="J75" s="15">
+        <v>100</v>
       </c>
       <c r="K75" s="3"/>
       <c r="L75" s="3"/>
     </row>
-    <row r="76" spans="1:12" ht="15">
+    <row r="76" spans="1:12" ht="15" customHeight="1">
       <c r="A76" s="6" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>196</v>
+      </c>
+      <c r="B76" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>183</v>
+        <v>66</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="I76" s="7">
+        <v>16</v>
+      </c>
+      <c r="J76" s="15"/>
       <c r="K76" s="3"/>
       <c r="L76" s="3"/>
     </row>
-    <row r="77" spans="1:12" ht="15">
+    <row r="77" spans="1:12" ht="15" customHeight="1">
       <c r="A77" s="6" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>200</v>
+      </c>
+      <c r="B77" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>183</v>
+        <v>66</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>30</v>
+        <v>203</v>
       </c>
       <c r="I77" s="8"/>
       <c r="J77" s="15">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="K77" s="3"/>
       <c r="L77" s="3"/>
     </row>
-    <row r="78" spans="1:12" ht="15">
+    <row r="78" spans="1:12" ht="15" customHeight="1">
       <c r="A78" s="6" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>204</v>
+      </c>
+      <c r="B78" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>181</v>
+        <v>205</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>182</v>
+        <v>206</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>183</v>
+        <v>136</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="J78" s="7"/>
+        <v>195</v>
+      </c>
+      <c r="I78" s="8"/>
+      <c r="J78" s="15">
+        <v>375</v>
+      </c>
       <c r="K78" s="3"/>
       <c r="L78" s="3"/>
     </row>
-    <row r="79" spans="1:12" ht="15">
+    <row r="79" spans="1:12" ht="15" customHeight="1">
       <c r="A79" s="6" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>207</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>181</v>
+        <v>208</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>183</v>
+        <v>210</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>48</v>
-[...7 lines deleted...]
-      <c r="J79" s="7"/>
+        <v>124</v>
+      </c>
+      <c r="H79" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="I79" s="14"/>
+      <c r="J79" s="16">
+        <v>196</v>
+      </c>
       <c r="K79" s="3"/>
       <c r="L79" s="3"/>
     </row>
-    <row r="80" spans="1:12" ht="15">
+    <row r="80" spans="1:12" ht="15" customHeight="1">
       <c r="A80" s="6" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>211</v>
+      </c>
+      <c r="B80" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>186</v>
+        <v>212</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>187</v>
+        <v>213</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>188</v>
+        <v>214</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="J80" s="7"/>
+        <v>203</v>
+      </c>
+      <c r="I80" s="8"/>
+      <c r="J80" s="15">
+        <v>1500</v>
+      </c>
       <c r="K80" s="3"/>
       <c r="L80" s="3"/>
     </row>
-    <row r="81" spans="1:12" ht="15">
+    <row r="81" spans="1:12" ht="15" customHeight="1">
       <c r="A81" s="6" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>211</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>190</v>
+        <v>212</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H81" s="11" t="s">
-        <v>64</v>
+        <v>215</v>
       </c>
       <c r="I81" s="14"/>
-      <c r="J81" s="14">
-        <v>350</v>
+      <c r="J81" s="16">
+        <v>450</v>
       </c>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
     </row>
-    <row r="82" spans="1:12" ht="15">
+    <row r="82" spans="1:12" ht="15" customHeight="1">
       <c r="A82" s="6" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>216</v>
+      </c>
+      <c r="B82" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>191</v>
+        <v>217</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>48</v>
-[...7 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="I82" s="8">
+        <v>2</v>
+      </c>
+      <c r="J82" s="15"/>
       <c r="K82" s="3"/>
       <c r="L82" s="3"/>
     </row>
-    <row r="83" spans="1:12" ht="15">
+    <row r="83" spans="1:12" ht="15" customHeight="1">
       <c r="A83" s="6" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>218</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>190</v>
+        <v>219</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>191</v>
+        <v>220</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H83" s="11" t="s">
-        <v>30</v>
+        <v>215</v>
       </c>
       <c r="I83" s="14"/>
-      <c r="J83" s="14">
-        <v>120</v>
+      <c r="J83" s="16">
+        <v>2626</v>
       </c>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
     </row>
-    <row r="84" spans="1:12" ht="15">
+    <row r="84" spans="1:12" ht="15" customHeight="1">
       <c r="A84" s="6" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>221</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>196</v>
+        <v>68</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="H84" s="11" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-        <v>2650</v>
+        <v>181</v>
+      </c>
+      <c r="I84" s="14">
+        <v>6</v>
       </c>
       <c r="K84" s="3"/>
       <c r="L84" s="3"/>
     </row>
-    <row r="85" spans="1:12" ht="15">
+    <row r="85" spans="1:12" ht="15" customHeight="1">
       <c r="A85" s="6" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>223</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>192</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>200</v>
+        <v>224</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>201</v>
+        <v>225</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>202</v>
+        <v>70</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="H85" s="11" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="I85" s="14"/>
-      <c r="J85" s="14">
-        <v>148</v>
+      <c r="J85" s="16">
+        <v>125</v>
       </c>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
     </row>
-    <row r="86" spans="1:12" ht="15">
+    <row r="86" spans="1:12" ht="15" customHeight="1">
       <c r="A86" s="6" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>226</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>202</v>
+        <v>123</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="H86" s="11" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I86" s="14"/>
-      <c r="J86" s="14">
-        <v>43</v>
+      <c r="J86" s="16">
+        <v>470</v>
       </c>
       <c r="K86" s="3"/>
       <c r="L86" s="3"/>
     </row>
-    <row r="87" spans="1:12" ht="15">
+    <row r="87" spans="1:12" ht="15" customHeight="1">
       <c r="A87" s="6" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>218</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>202</v>
+        <v>164</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
       <c r="H87" s="11" t="s">
-        <v>132</v>
+        <v>229</v>
       </c>
       <c r="I87" s="14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="J87" s="14"/>
+        <v>24</v>
+      </c>
       <c r="K87" s="3"/>
       <c r="L87" s="3"/>
     </row>
-    <row r="88" spans="1:12" ht="15">
+    <row r="88" spans="1:12" ht="15" customHeight="1">
       <c r="A88" s="6" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="B88" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B88" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H88" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C88" s="6" t="s">
-[...19 lines deleted...]
-        <v>196</v>
+      <c r="I88" s="8"/>
+      <c r="J88" s="15">
+        <v>60</v>
       </c>
       <c r="K88" s="3"/>
       <c r="L88" s="3"/>
     </row>
-    <row r="89" spans="1:12" ht="15">
+    <row r="89" spans="1:12" ht="15" customHeight="1">
       <c r="A89" s="6" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>230</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>209</v>
+        <v>231</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>210</v>
+        <v>232</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>211</v>
+        <v>82</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="H89" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>762</v>
+        <v>229</v>
+      </c>
+      <c r="I89" s="14">
+        <v>40</v>
       </c>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
     </row>
-    <row r="90" spans="1:12" ht="15">
+    <row r="90" spans="1:12" ht="15" customHeight="1">
       <c r="A90" s="6" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>233</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>209</v>
+        <v>89</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>210</v>
+        <v>234</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>211</v>
+        <v>66</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="H90" s="11" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="I90" s="14"/>
-      <c r="J90" s="14">
-        <v>162</v>
+      <c r="J90" s="16">
+        <v>680</v>
       </c>
       <c r="K90" s="3"/>
       <c r="L90" s="3"/>
     </row>
-    <row r="91" spans="1:12" ht="15">
+    <row r="91" spans="1:12" ht="15" customHeight="1">
       <c r="A91" s="6" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>235</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>209</v>
+        <v>236</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>210</v>
+        <v>237</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>211</v>
+        <v>238</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="H91" s="11" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="I91" s="14"/>
-      <c r="J91" s="14">
-        <v>96</v>
+      <c r="J91" s="16">
+        <v>508</v>
       </c>
       <c r="K91" s="3"/>
       <c r="L91" s="3"/>
     </row>
-    <row r="92" spans="1:12" ht="15">
+    <row r="92" spans="1:12" ht="15" customHeight="1">
       <c r="A92" s="6" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>239</v>
+      </c>
+      <c r="B92" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>214</v>
+        <v>240</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>215</v>
+        <v>241</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>35</v>
+        <v>242</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-      <c r="J92" s="14"/>
+        <v>83</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="I92" s="8"/>
+      <c r="J92" s="15">
+        <v>1753</v>
+      </c>
       <c r="K92" s="3"/>
       <c r="L92" s="3"/>
     </row>
-    <row r="93" spans="1:12" ht="15">
+    <row r="93" spans="1:12" ht="15" customHeight="1">
       <c r="A93" s="6" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>239</v>
+      </c>
+      <c r="B93" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>218</v>
+        <v>240</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>219</v>
+        <v>241</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-        <v>1753</v>
+        <v>83</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="I93" s="8"/>
+      <c r="J93" s="15">
+        <v>301</v>
       </c>
       <c r="K93" s="3"/>
       <c r="L93" s="3"/>
     </row>
-    <row r="94" spans="1:12" ht="15">
+    <row r="94" spans="1:12" ht="15" customHeight="1">
       <c r="A94" s="6" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="B94" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B94" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H94" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C94" s="6" t="s">
-[...19 lines deleted...]
-        <v>301</v>
+      <c r="I94" s="8"/>
+      <c r="J94" s="15">
+        <v>50</v>
       </c>
       <c r="K94" s="3"/>
       <c r="L94" s="3"/>
     </row>
-    <row r="95" spans="1:12" ht="15">
+    <row r="95" spans="1:12" ht="15" customHeight="1">
       <c r="A95" s="6" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>243</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>218</v>
+        <v>244</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>219</v>
+        <v>245</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>220</v>
+        <v>56</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="H95" s="11" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="I95" s="14"/>
-      <c r="J95" s="14">
-        <v>50</v>
+      <c r="J95" s="16">
+        <v>235</v>
       </c>
       <c r="K95" s="3"/>
       <c r="L95" s="3"/>
     </row>
-    <row r="96" spans="1:12" ht="15">
+    <row r="96" spans="1:12" ht="15" customHeight="1">
       <c r="A96" s="6" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>207</v>
+      </c>
+      <c r="B96" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-        <v>206</v>
+        <v>124</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="I96" s="8"/>
+      <c r="J96" s="15">
+        <v>762</v>
       </c>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
     </row>
-    <row r="97" spans="1:12" ht="15">
+    <row r="97" spans="1:12" ht="15" customHeight="1">
       <c r="A97" s="6" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>246</v>
+      </c>
+      <c r="B97" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>222</v>
+        <v>247</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>223</v>
+        <v>248</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>224</v>
+        <v>87</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="I97" s="8">
+        <v>12</v>
+      </c>
+      <c r="J97" s="15"/>
       <c r="K97" s="3"/>
       <c r="L97" s="3"/>
     </row>
-    <row r="98" spans="1:12" ht="15">
+    <row r="98" spans="1:12" ht="15" customHeight="1">
       <c r="A98" s="6" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>235</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>223</v>
+        <v>237</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-        <v>26</v>
+        <v>71</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="I98" s="8"/>
+      <c r="J98" s="15">
+        <v>508</v>
       </c>
       <c r="K98" s="3"/>
       <c r="L98" s="3"/>
     </row>
-    <row r="99" spans="1:12" ht="15">
+    <row r="99" spans="1:12" ht="15" customHeight="1">
       <c r="A99" s="6" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="B99" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H99" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C99" s="6" t="s">
-[...20 lines deleted...]
-      <c r="J99" s="14"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="16">
+        <v>106</v>
+      </c>
       <c r="K99" s="3"/>
       <c r="L99" s="3"/>
     </row>
-    <row r="100" spans="1:12" ht="15">
+    <row r="100" spans="1:12" ht="15" customHeight="1">
       <c r="A100" s="6" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>253</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>229</v>
+        <v>254</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>230</v>
+        <v>255</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>41</v>
+        <v>256</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="H100" s="11" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="I100" s="14"/>
       <c r="J100" s="16">
-        <v>1450</v>
+        <v>206</v>
       </c>
       <c r="K100" s="3"/>
       <c r="L100" s="3"/>
     </row>
-    <row r="101" spans="1:12" ht="15">
+    <row r="101" spans="1:12" ht="15" customHeight="1">
       <c r="A101" s="6" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>253</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>229</v>
+        <v>254</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>230</v>
+        <v>255</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>41</v>
+        <v>256</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="H101" s="11" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="I101" s="14"/>
-      <c r="J101" s="14">
-        <v>300</v>
+      <c r="J101" s="16">
+        <v>206</v>
       </c>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
     </row>
-    <row r="102" spans="1:12" ht="15">
+    <row r="102" spans="1:12" ht="15" customHeight="1">
       <c r="A102" s="6" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="B102" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H102" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C102" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I102" s="14"/>
-      <c r="J102" s="14">
-        <v>27</v>
+      <c r="J102" s="16">
+        <v>26</v>
       </c>
       <c r="K102" s="3"/>
       <c r="L102" s="3"/>
     </row>
-    <row r="103" spans="1:12" ht="15">
+    <row r="103" spans="1:12" ht="15" customHeight="1">
       <c r="A103" s="6" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="B103" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H103" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C103" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I103" s="14"/>
-      <c r="J103" s="14">
-        <v>50</v>
+      <c r="J103" s="16">
+        <v>27</v>
       </c>
       <c r="K103" s="3"/>
       <c r="L103" s="3"/>
     </row>
-    <row r="104" spans="1:12" ht="15">
+    <row r="104" spans="1:12" ht="15" customHeight="1">
       <c r="A104" s="6" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>257</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>232</v>
+        <v>258</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>233</v>
+        <v>259</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>234</v>
+        <v>87</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="H104" s="11" t="s">
-        <v>198</v>
+        <v>260</v>
       </c>
       <c r="I104" s="14"/>
       <c r="J104" s="16">
-        <v>1180</v>
+        <v>50</v>
       </c>
       <c r="K104" s="3"/>
       <c r="L104" s="3"/>
     </row>
-    <row r="105" spans="1:12" ht="15">
+    <row r="105" spans="1:12" ht="15" customHeight="1">
       <c r="A105" s="6" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>261</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="D105" s="3" t="s">
-        <v>237</v>
+        <v>263</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>124</v>
+        <v>17</v>
       </c>
       <c r="H105" s="11" t="s">
         <v>203</v>
       </c>
       <c r="I105" s="14"/>
       <c r="J105" s="16">
-        <v>10408</v>
+        <v>1180</v>
       </c>
       <c r="K105" s="3"/>
       <c r="L105" s="3"/>
     </row>
-    <row r="106" spans="1:12" ht="15">
+    <row r="106" spans="1:12" ht="15" customHeight="1">
       <c r="A106" s="6" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>265</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>239</v>
+        <v>266</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="H106" s="11" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-        <v>750</v>
+        <v>91</v>
+      </c>
+      <c r="I106" s="14">
+        <v>24</v>
       </c>
       <c r="K106" s="3"/>
       <c r="L106" s="3"/>
     </row>
-    <row r="107" spans="1:12" ht="15">
+    <row r="107" spans="1:12" ht="15" customHeight="1">
       <c r="A107" s="6" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>265</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>239</v>
+        <v>266</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="H107" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>2250</v>
+        <v>72</v>
+      </c>
+      <c r="I107" s="14">
+        <v>8</v>
       </c>
       <c r="K107" s="3"/>
       <c r="L107" s="3"/>
     </row>
-    <row r="108" spans="1:12" ht="15">
+    <row r="108" spans="1:12" ht="15" customHeight="1">
       <c r="A108" s="6" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>204</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>242</v>
+        <v>205</v>
       </c>
       <c r="D108" s="3" t="s">
-        <v>243</v>
+        <v>206</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>47</v>
+        <v>136</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="H108" s="11" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="I108" s="14"/>
-      <c r="J108" s="14">
+      <c r="J108" s="16">
         <v>375</v>
       </c>
       <c r="K108" s="3"/>
       <c r="L108" s="3"/>
     </row>
-    <row r="109" spans="1:12" ht="15">
+    <row r="109" spans="1:12" ht="15" customHeight="1">
       <c r="A109" s="6" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>204</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>242</v>
+        <v>205</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>243</v>
+        <v>206</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>47</v>
+        <v>136</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="H109" s="11" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="I109" s="14"/>
-      <c r="J109" s="14">
+      <c r="J109" s="16">
         <v>750</v>
       </c>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
     </row>
-    <row r="110" spans="1:12" ht="15">
+    <row r="110" spans="1:12" ht="15" customHeight="1">
       <c r="A110" s="6" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>268</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>242</v>
+        <v>269</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>243</v>
+        <v>270</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>47</v>
+        <v>264</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H110" s="11" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="I110" s="14"/>
-      <c r="J110" s="14">
-        <v>375</v>
+      <c r="J110" s="16">
+        <v>10408</v>
       </c>
       <c r="K110" s="3"/>
       <c r="L110" s="3"/>
     </row>
-    <row r="111" spans="1:12" ht="15">
+    <row r="111" spans="1:12" ht="15" customHeight="1">
       <c r="A111" s="6" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>271</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>245</v>
+        <v>272</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>246</v>
+        <v>273</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>247</v>
+        <v>136</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="H111" s="11" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-      <c r="J111" s="14"/>
+        <v>203</v>
+      </c>
+      <c r="I111" s="14"/>
+      <c r="J111" s="16">
+        <v>750</v>
+      </c>
       <c r="K111" s="3"/>
       <c r="L111" s="3"/>
     </row>
-    <row r="112" spans="1:12" ht="15">
+    <row r="112" spans="1:12" ht="15" customHeight="1">
       <c r="A112" s="6" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>271</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>55</v>
+        <v>136</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H112" s="11" t="s">
-        <v>198</v>
+        <v>215</v>
       </c>
       <c r="I112" s="14"/>
       <c r="J112" s="16">
-        <v>3000</v>
+        <v>2250</v>
       </c>
       <c r="K112" s="3"/>
       <c r="L112" s="3"/>
     </row>
-    <row r="113" spans="1:12" ht="15">
+    <row r="113" spans="1:12" ht="15" customHeight="1">
       <c r="A113" s="6" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="B113" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H113" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C113" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I113" s="14"/>
-      <c r="J113" s="14">
-        <v>280</v>
+      <c r="J113" s="16">
+        <v>100</v>
       </c>
       <c r="K113" s="3"/>
       <c r="L113" s="3"/>
     </row>
-    <row r="114" spans="1:12" ht="15">
+    <row r="114" spans="1:12" ht="15" customHeight="1">
       <c r="A114" s="6" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>257</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C114" s="6" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="D114" s="3" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="H114" s="11" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="J114" s="14"/>
+        <v>215</v>
+      </c>
+      <c r="I114" s="14"/>
+      <c r="J114" s="16">
+        <v>300</v>
+      </c>
       <c r="K114" s="3"/>
       <c r="L114" s="3"/>
     </row>
-    <row r="115" spans="1:12" ht="15">
+    <row r="115" spans="1:12" ht="15" customHeight="1">
       <c r="A115" s="6" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>277</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C115" s="6" t="s">
-        <v>256</v>
+        <v>278</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>257</v>
+        <v>279</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H115" s="11" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="J115" s="14"/>
+        <v>215</v>
+      </c>
+      <c r="I115" s="14"/>
+      <c r="J115" s="16">
+        <v>49</v>
+      </c>
       <c r="K115" s="3"/>
       <c r="L115" s="3"/>
     </row>
-    <row r="116" spans="1:12" ht="15">
+    <row r="116" spans="1:12" ht="15" customHeight="1">
       <c r="A116" s="6" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="B116" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H116" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C116" s="6" t="s">
-[...20 lines deleted...]
-      <c r="J116" s="14"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="16">
+        <v>248</v>
+      </c>
       <c r="K116" s="3"/>
       <c r="L116" s="3"/>
     </row>
-    <row r="117" spans="1:12" ht="15">
+    <row r="117" spans="1:12" ht="15" customHeight="1">
       <c r="A117" s="6" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>280</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C117" s="6" t="s">
-        <v>73</v>
+        <v>281</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>261</v>
+        <v>282</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H117" s="11" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-        <v>1600</v>
+        <v>229</v>
+      </c>
+      <c r="I117" s="14">
+        <v>8</v>
       </c>
       <c r="K117" s="3"/>
       <c r="L117" s="3"/>
     </row>
-    <row r="118" spans="1:12" ht="15">
+    <row r="118" spans="1:12" ht="15" customHeight="1">
       <c r="A118" s="6" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>218</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>73</v>
+        <v>219</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>261</v>
+        <v>220</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>55</v>
+        <v>164</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H118" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>680</v>
+        <v>199</v>
+      </c>
+      <c r="I118" s="14">
+        <v>32</v>
       </c>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
     </row>
-    <row r="119" spans="1:12" ht="15">
+    <row r="119" spans="1:12" ht="15" customHeight="1">
       <c r="A119" s="6" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>283</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C119" s="6" t="s">
-        <v>76</v>
+        <v>284</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>263</v>
+        <v>14</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H119" s="11" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I119" s="14">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="J119" s="14"/>
+        <v>16</v>
+      </c>
       <c r="K119" s="3"/>
       <c r="L119" s="3"/>
     </row>
-    <row r="120" spans="1:12" ht="15">
+    <row r="120" spans="1:12" ht="15" customHeight="1">
       <c r="A120" s="6" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>283</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C120" s="6" t="s">
-        <v>76</v>
+        <v>284</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>263</v>
+        <v>14</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H120" s="11" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-      <c r="J120" s="14"/>
+        <v>215</v>
+      </c>
+      <c r="I120" s="14"/>
+      <c r="J120" s="16">
+        <v>3000</v>
+      </c>
       <c r="K120" s="3"/>
       <c r="L120" s="3"/>
     </row>
-    <row r="121" spans="1:12" ht="15">
+    <row r="121" spans="1:12" ht="15" customHeight="1">
       <c r="A121" s="6" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="B121" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H121" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C121" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I121" s="14"/>
-      <c r="J121" s="14">
-        <v>153</v>
+      <c r="J121" s="16">
+        <v>80</v>
       </c>
       <c r="K121" s="3"/>
       <c r="L121" s="3"/>
     </row>
-    <row r="122" spans="1:12" ht="15">
+    <row r="122" spans="1:12" ht="15" customHeight="1">
       <c r="A122" s="6" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>285</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C122" s="6" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H122" s="11" t="s">
         <v>203</v>
       </c>
       <c r="I122" s="14"/>
-      <c r="J122" s="14">
-        <v>49</v>
+      <c r="J122" s="16">
+        <v>4800</v>
       </c>
       <c r="K122" s="3"/>
       <c r="L122" s="3"/>
     </row>
-    <row r="123" spans="1:12" ht="15">
+    <row r="123" spans="1:12" ht="15" customHeight="1">
       <c r="A123" s="6" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>288</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C123" s="6" t="s">
-        <v>265</v>
+        <v>289</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>266</v>
+        <v>290</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>55</v>
+        <v>189</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H123" s="11" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-        <v>248</v>
+        <v>91</v>
+      </c>
+      <c r="I123" s="14">
+        <v>22</v>
       </c>
       <c r="K123" s="3"/>
       <c r="L123" s="3"/>
     </row>
-    <row r="124" spans="1:12" ht="15">
+    <row r="124" spans="1:12" ht="15" customHeight="1">
       <c r="A124" s="6" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>274</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C124" s="6" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>55</v>
+        <v>189</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="H124" s="11" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-      <c r="J124" s="14"/>
+        <v>203</v>
+      </c>
+      <c r="I124" s="14"/>
+      <c r="J124" s="16">
+        <v>3600</v>
+      </c>
       <c r="K124" s="3"/>
       <c r="L124" s="3"/>
     </row>
-    <row r="125" spans="1:12" ht="15">
+    <row r="125" spans="1:12" ht="15" customHeight="1">
       <c r="A125" s="6" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>274</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C125" s="6" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>55</v>
+        <v>189</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="H125" s="11" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-      <c r="J125" s="14"/>
+        <v>215</v>
+      </c>
+      <c r="I125" s="14"/>
+      <c r="J125" s="16">
+        <v>450</v>
+      </c>
       <c r="K125" s="3"/>
       <c r="L125" s="3"/>
     </row>
-    <row r="126" spans="1:12" ht="15">
+    <row r="126" spans="1:12" ht="15" customHeight="1">
       <c r="A126" s="6" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="B126" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H126" s="11" t="s">
         <v>195</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
       <c r="I126" s="14"/>
       <c r="J126" s="16">
-        <v>3088</v>
+        <v>250</v>
       </c>
       <c r="K126" s="3"/>
       <c r="L126" s="3"/>
     </row>
-    <row r="127" spans="1:12" ht="15">
+    <row r="127" spans="1:12" ht="15" customHeight="1">
       <c r="A127" s="6" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>291</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C127" s="6" t="s">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>55</v>
+        <v>294</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H127" s="11" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I127" s="14"/>
-      <c r="J127" s="14">
-        <v>100</v>
+      <c r="J127" s="16">
+        <v>750</v>
       </c>
       <c r="K127" s="3"/>
       <c r="L127" s="3"/>
     </row>
-    <row r="128" spans="1:12" ht="15">
+    <row r="128" spans="1:12" ht="15" customHeight="1">
       <c r="A128" s="6" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>291</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C128" s="6" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="D128" s="3" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>55</v>
+        <v>294</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H128" s="11" t="s">
-        <v>282</v>
-[...4 lines deleted...]
-      <c r="J128" s="14"/>
+        <v>215</v>
+      </c>
+      <c r="I128" s="14"/>
+      <c r="J128" s="16">
+        <v>2250</v>
+      </c>
       <c r="K128" s="3"/>
       <c r="L128" s="3"/>
     </row>
-    <row r="129" spans="1:12" ht="15">
+    <row r="129" spans="1:12" ht="15" customHeight="1">
       <c r="A129" s="6" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>257</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C129" s="6" t="s">
-        <v>284</v>
+        <v>258</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>285</v>
+        <v>259</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="H129" s="11" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="I129" s="14"/>
-      <c r="J129" s="14">
-        <v>250</v>
+      <c r="J129" s="16">
+        <v>1450</v>
       </c>
       <c r="K129" s="3"/>
       <c r="L129" s="3"/>
     </row>
-    <row r="130" spans="1:12" ht="15">
+    <row r="130" spans="1:12" ht="15" customHeight="1">
       <c r="A130" s="6" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="B130" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H130" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C130" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I130" s="14"/>
-      <c r="J130" s="14">
-        <v>508</v>
+      <c r="J130" s="16">
+        <v>20</v>
       </c>
       <c r="K130" s="3"/>
       <c r="L130" s="3"/>
     </row>
-    <row r="131" spans="1:12" ht="15">
+    <row r="131" spans="1:12" ht="15" customHeight="1">
       <c r="A131" s="6" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>295</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C131" s="6" t="s">
-        <v>287</v>
+        <v>59</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>289</v>
+        <v>61</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H131" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>508</v>
+        <v>91</v>
+      </c>
+      <c r="I131" s="14">
+        <v>14</v>
       </c>
       <c r="K131" s="3"/>
       <c r="L131" s="3"/>
     </row>
-    <row r="132" spans="1:12" ht="15">
+    <row r="132" spans="1:12" ht="15" customHeight="1">
       <c r="A132" s="6" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>249</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C132" s="6" t="s">
-        <v>291</v>
+        <v>250</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>292</v>
+        <v>251</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>293</v>
+        <v>252</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="H132" s="11" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-        <v>1500</v>
+        <v>18</v>
+      </c>
+      <c r="I132" s="14">
+        <v>7</v>
       </c>
       <c r="K132" s="3"/>
       <c r="L132" s="3"/>
     </row>
-    <row r="133" spans="1:12" ht="15">
+    <row r="133" spans="1:12" ht="15" customHeight="1">
       <c r="A133" s="6" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>265</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C133" s="6" t="s">
-        <v>291</v>
+        <v>266</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>292</v>
+        <v>267</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>293</v>
+        <v>66</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H133" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>450</v>
+        <v>170</v>
+      </c>
+      <c r="I133" s="14">
+        <v>8</v>
       </c>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
     </row>
-    <row r="134" spans="1:12" ht="15">
+    <row r="134" spans="1:12" ht="15" customHeight="1">
       <c r="A134" s="6" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="B134" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H134" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="C134" s="6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I134" s="14"/>
-      <c r="J134" s="14">
-        <v>470</v>
+      <c r="J134" s="16">
+        <v>244</v>
       </c>
       <c r="K134" s="3"/>
       <c r="L134" s="3"/>
     </row>
-    <row r="135" spans="1:12" ht="15">
+    <row r="135" spans="1:12" ht="15" customHeight="1">
       <c r="A135" s="6" t="s">
         <v>297</v>
       </c>
-      <c r="B135" s="3" t="s">
-        <v>195</v>
+      <c r="B135" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C135" s="6" t="s">
         <v>298</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>299</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>123</v>
+        <v>252</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="H135" s="11" t="s">
-        <v>282</v>
+        <v>229</v>
       </c>
       <c r="I135" s="14">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="J135" s="14"/>
+        <v>25</v>
+      </c>
       <c r="K135" s="3"/>
       <c r="L135" s="3"/>
     </row>
-    <row r="136" spans="1:12" ht="15">
+    <row r="136" spans="1:12" ht="15" customHeight="1">
       <c r="A136" s="6" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>207</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>298</v>
+        <v>208</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>299</v>
+        <v>209</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>123</v>
+        <v>210</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H136" s="11" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="I136" s="14"/>
       <c r="J136" s="16">
-        <v>2626</v>
+        <v>162</v>
       </c>
       <c r="K136" s="3"/>
       <c r="L136" s="3"/>
     </row>
-    <row r="137" spans="1:12" ht="15">
+    <row r="137" spans="1:12" ht="15" customHeight="1">
       <c r="A137" s="6" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>207</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C137" s="6" t="s">
-        <v>298</v>
+        <v>208</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>299</v>
+        <v>209</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>123</v>
+        <v>210</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H137" s="11" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-      <c r="J137" s="14"/>
+        <v>260</v>
+      </c>
+      <c r="I137" s="14"/>
+      <c r="J137" s="16">
+        <v>96</v>
+      </c>
       <c r="K137" s="3"/>
       <c r="L137" s="3"/>
     </row>
-    <row r="138" spans="1:12" ht="15">
+    <row r="138" spans="1:12" ht="15" customHeight="1">
       <c r="A138" s="6" t="s">
         <v>300</v>
       </c>
-      <c r="B138" s="3" t="s">
-        <v>195</v>
+      <c r="B138" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C138" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D138" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="D138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E138" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H138" s="11" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="J138" s="14"/>
+        <v>25</v>
+      </c>
       <c r="K138" s="3"/>
       <c r="L138" s="3"/>
     </row>
-    <row r="139" spans="1:12" ht="15">
+    <row r="139" spans="1:12" ht="15" customHeight="1">
       <c r="A139" s="6" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>233</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>301</v>
+        <v>89</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>138</v>
+        <v>234</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H139" s="11" t="s">
         <v>203</v>
       </c>
       <c r="I139" s="14"/>
       <c r="J139" s="16">
-        <v>3000</v>
+        <v>1600</v>
       </c>
       <c r="K139" s="3"/>
       <c r="L139" s="3"/>
     </row>
-    <row r="140" spans="1:12" ht="15">
+    <row r="140" spans="1:12" ht="15" customHeight="1">
       <c r="A140" s="6" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>277</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C140" s="6" t="s">
-        <v>301</v>
+        <v>278</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>138</v>
+        <v>279</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>139</v>
+        <v>66</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H140" s="11" t="s">
-        <v>27</v>
+        <v>203</v>
       </c>
       <c r="I140" s="14"/>
       <c r="J140" s="16">
-        <v>2300</v>
+        <v>153</v>
       </c>
       <c r="K140" s="3"/>
       <c r="L140" s="3"/>
     </row>
-    <row r="141" spans="1:12" ht="15">
+    <row r="141" spans="1:12" ht="15" customHeight="1">
       <c r="A141" s="6" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>302</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C141" s="6" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>138</v>
+        <v>304</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>124</v>
+        <v>17</v>
       </c>
       <c r="H141" s="11" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-      <c r="J141" s="14"/>
+        <v>44</v>
+      </c>
+      <c r="I141" s="14"/>
+      <c r="J141" s="16">
+        <v>125</v>
+      </c>
       <c r="K141" s="3"/>
       <c r="L141" s="3"/>
     </row>
-    <row r="142" spans="1:12" ht="15">
+    <row r="142" spans="1:12" ht="15" customHeight="1">
       <c r="A142" s="6" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>305</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C142" s="6" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="H142" s="11" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-        <v>9720</v>
+        <v>308</v>
+      </c>
+      <c r="I142" s="14">
+        <v>24</v>
       </c>
       <c r="K142" s="3"/>
       <c r="L142" s="3"/>
     </row>
-    <row r="143" spans="1:12" ht="15">
+    <row r="143" spans="1:12" ht="15" customHeight="1">
       <c r="A143" s="6" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>283</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>303</v>
+        <v>284</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>304</v>
+        <v>14</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="H143" s="11" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="J143" s="14"/>
+        <v>19</v>
+      </c>
+      <c r="I143" s="14"/>
+      <c r="J143" s="16">
+        <v>2300</v>
+      </c>
       <c r="K143" s="3"/>
       <c r="L143" s="3"/>
     </row>
-    <row r="144" spans="1:12" ht="15">
+    <row r="144" spans="1:12" ht="15" customHeight="1">
       <c r="A144" s="6" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>283</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C144" s="6" t="s">
-        <v>306</v>
+        <v>284</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>307</v>
+        <v>14</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>308</v>
+        <v>16</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>124</v>
+        <v>17</v>
       </c>
       <c r="H144" s="11" t="s">
-        <v>282</v>
+        <v>181</v>
       </c>
       <c r="I144" s="14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="J144" s="14"/>
+        <v>3</v>
+      </c>
       <c r="K144" s="3"/>
       <c r="L144" s="3"/>
     </row>
-    <row r="145" spans="1:12" ht="15">
+    <row r="145" spans="1:12" ht="15" customHeight="1">
       <c r="A145" s="6" t="s">
         <v>309</v>
       </c>
-      <c r="B145" s="3" t="s">
-        <v>195</v>
+      <c r="B145" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C145" s="6" t="s">
         <v>310</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>311</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H145" s="11" t="s">
         <v>308</v>
       </c>
-      <c r="G145" s="1" t="s">
-[...7 lines deleted...]
-        <v>930</v>
+      <c r="I145" s="14">
+        <v>32</v>
       </c>
       <c r="K145" s="3"/>
       <c r="L145" s="3"/>
     </row>
-    <row r="146" spans="1:12" ht="15">
+    <row r="146" spans="1:12" ht="15" customHeight="1">
       <c r="A146" s="6" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>312</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C146" s="6" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>124</v>
+        <v>17</v>
       </c>
       <c r="H146" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>620</v>
+        <v>199</v>
+      </c>
+      <c r="I146" s="14">
+        <v>16</v>
       </c>
       <c r="K146" s="3"/>
       <c r="L146" s="3"/>
     </row>
-    <row r="147" spans="1:12" ht="15">
+    <row r="147" spans="1:12" ht="15" customHeight="1">
       <c r="A147" s="6" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>316</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C147" s="6" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>155</v>
+        <v>66</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H147" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>100</v>
+        <v>319</v>
+      </c>
+      <c r="I147" s="14">
+        <v>37</v>
       </c>
       <c r="K147" s="3"/>
       <c r="L147" s="3"/>
     </row>
-    <row r="148" spans="1:12" ht="15">
+    <row r="148" spans="1:12" ht="15" customHeight="1">
       <c r="A148" s="6" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>320</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C148" s="6" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>155</v>
+        <v>66</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H148" s="11" t="s">
-        <v>254</v>
-[...3 lines deleted...]
-        <v>125</v>
+        <v>229</v>
+      </c>
+      <c r="I148" s="14">
+        <v>12</v>
       </c>
       <c r="K148" s="3"/>
       <c r="L148" s="3"/>
     </row>
-    <row r="149" spans="1:12" ht="15">
+    <row r="149" spans="1:12" ht="15" customHeight="1">
       <c r="A149" s="6" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>323</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C149" s="6" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>155</v>
+        <v>66</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H149" s="11" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="J149" s="14"/>
+        <v>203</v>
+      </c>
+      <c r="I149" s="14"/>
+      <c r="J149" s="16">
+        <v>3088</v>
+      </c>
       <c r="K149" s="3"/>
       <c r="L149" s="3"/>
     </row>
-    <row r="150" spans="1:12" ht="15">
+    <row r="150" spans="1:12" ht="15" customHeight="1">
       <c r="A150" s="6" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>326</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C150" s="6" t="s">
-        <v>319</v>
+        <v>93</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H150" s="11" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="I150" s="14">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J150" s="14"/>
+        <v>18</v>
+      </c>
       <c r="K150" s="3"/>
       <c r="L150" s="3"/>
     </row>
-    <row r="151" spans="1:12" ht="15">
+    <row r="151" spans="1:12" ht="15" customHeight="1">
       <c r="A151" s="6" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>326</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>319</v>
+        <v>93</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H151" s="11" t="s">
-        <v>254</v>
-[...3 lines deleted...]
-        <v>900</v>
+        <v>229</v>
+      </c>
+      <c r="I151" s="14">
+        <v>15</v>
       </c>
       <c r="K151" s="3"/>
       <c r="L151" s="3"/>
     </row>
-    <row r="152" spans="1:12" ht="15">
+    <row r="152" spans="1:12" ht="15" customHeight="1">
       <c r="A152" s="6" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>328</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C152" s="6" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="H152" s="11" t="s">
-        <v>198</v>
+        <v>215</v>
       </c>
       <c r="I152" s="14"/>
-      <c r="J152" s="14">
-        <v>750</v>
+      <c r="J152" s="16">
+        <v>148</v>
       </c>
       <c r="K152" s="3"/>
       <c r="L152" s="3"/>
     </row>
-    <row r="153" spans="1:12" ht="15">
+    <row r="153" spans="1:12" ht="15" customHeight="1">
       <c r="A153" s="6" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>328</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C153" s="6" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="H153" s="11" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="I153" s="14"/>
       <c r="J153" s="16">
-        <v>2250</v>
+        <v>43</v>
       </c>
       <c r="K153" s="3"/>
       <c r="L153" s="3"/>
     </row>
-    <row r="154" spans="1:12" ht="15">
+    <row r="154" spans="1:12" ht="15" customHeight="1">
       <c r="A154" s="6" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>332</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C154" s="6" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="H154" s="11" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-        <v>250</v>
+        <v>170</v>
+      </c>
+      <c r="I154" s="14">
+        <v>16</v>
       </c>
       <c r="K154" s="3"/>
       <c r="L154" s="3"/>
     </row>
-    <row r="155" spans="1:12" ht="15">
+    <row r="155" spans="1:12" ht="15" customHeight="1">
       <c r="A155" s="6" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>335</v>
+      </c>
+      <c r="B155" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C155" s="6" t="s">
-        <v>13</v>
+        <v>336</v>
       </c>
       <c r="D155" s="3" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="H155" s="11" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="J155" s="14"/>
+        <v>203</v>
+      </c>
+      <c r="I155" s="14"/>
+      <c r="J155" s="16">
+        <v>930</v>
+      </c>
       <c r="K155" s="3"/>
       <c r="L155" s="3"/>
     </row>
-    <row r="156" spans="1:12" ht="15">
+    <row r="156" spans="1:12" ht="15" customHeight="1">
       <c r="A156" s="6" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>335</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C156" s="6" t="s">
-        <v>13</v>
+        <v>336</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="H156" s="11" t="s">
-        <v>27</v>
+        <v>215</v>
       </c>
       <c r="I156" s="14"/>
-      <c r="J156" s="14">
-        <v>876</v>
+      <c r="J156" s="16">
+        <v>620</v>
       </c>
       <c r="K156" s="3"/>
       <c r="L156" s="3"/>
     </row>
-    <row r="157" spans="1:12" ht="15">
+    <row r="157" spans="1:12" ht="15" customHeight="1">
       <c r="A157" s="6" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>302</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C157" s="6" t="s">
-        <v>13</v>
+        <v>303</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>326</v>
+        <v>304</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>327</v>
+        <v>111</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="H157" s="11" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="J157" s="14"/>
+        <v>215</v>
+      </c>
+      <c r="I157" s="14"/>
+      <c r="J157" s="16">
+        <v>100</v>
+      </c>
       <c r="K157" s="3"/>
       <c r="L157" s="3"/>
     </row>
-    <row r="158" spans="1:12" ht="15">
+    <row r="158" spans="1:12" ht="15" customHeight="1">
       <c r="A158" s="6" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>338</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C158" s="6" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D158" s="3" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>165</v>
+        <v>341</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="H158" s="11" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-        <v>235</v>
+        <v>229</v>
+      </c>
+      <c r="I158" s="14">
+        <v>8</v>
       </c>
       <c r="K158" s="3"/>
       <c r="L158" s="3"/>
     </row>
-    <row r="159" spans="1:12" ht="15">
+    <row r="159" spans="1:12" ht="15" customHeight="1">
       <c r="A159" s="6" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>342</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C159" s="6" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>165</v>
+        <v>252</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="H159" s="11" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-        <v>20</v>
+        <v>72</v>
+      </c>
+      <c r="I159" s="14">
+        <v>16</v>
       </c>
       <c r="K159" s="3"/>
       <c r="L159" s="3"/>
     </row>
-    <row r="160" spans="1:12" ht="15">
+    <row r="160" spans="1:12" ht="15" customHeight="1">
       <c r="A160" s="6" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>345</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C160" s="6" t="s">
-        <v>168</v>
+        <v>346</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>170</v>
+        <v>114</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="H160" s="11" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="I160" s="14">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="J160" s="14"/>
+        <v>12</v>
+      </c>
       <c r="K160" s="3"/>
       <c r="L160" s="3"/>
     </row>
-    <row r="161" spans="1:12" ht="15">
+    <row r="161" spans="1:12" ht="15" customHeight="1">
       <c r="A161" s="6" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>348</v>
+      </c>
+      <c r="B161" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C161" s="6" t="s">
-        <v>168</v>
+        <v>349</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>332</v>
+        <v>350</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>170</v>
+        <v>66</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H161" s="11" t="s">
         <v>203</v>
       </c>
       <c r="I161" s="14"/>
-      <c r="J161" s="14">
-        <v>660</v>
+      <c r="J161" s="16">
+        <v>3000</v>
       </c>
       <c r="K161" s="3"/>
       <c r="L161" s="3"/>
     </row>
-    <row r="162" spans="1:12" ht="15">
+    <row r="162" spans="1:12" ht="15" customHeight="1">
       <c r="A162" s="6" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>342</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C162" s="6" t="s">
-        <v>168</v>
+        <v>343</v>
       </c>
       <c r="D162" s="3" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>170</v>
+        <v>252</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="H162" s="11" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I162" s="14"/>
       <c r="J162" s="16">
-        <v>1342</v>
+        <v>2920</v>
       </c>
       <c r="K162" s="3"/>
       <c r="L162" s="3"/>
     </row>
-    <row r="163" spans="1:12" ht="15">
+    <row r="163" spans="1:12" ht="15" customHeight="1">
       <c r="A163" s="6" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>351</v>
+      </c>
+      <c r="B163" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C163" s="6" t="s">
-        <v>334</v>
+        <v>352</v>
       </c>
       <c r="D163" s="3" t="s">
-        <v>335</v>
+        <v>353</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>336</v>
+        <v>42</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="H163" s="11" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="J163" s="14"/>
+        <v>203</v>
+      </c>
+      <c r="I163" s="14"/>
+      <c r="J163" s="16">
+        <v>2650</v>
+      </c>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
     </row>
-    <row r="164" spans="1:12" ht="15">
+    <row r="164" spans="1:12" ht="15" customHeight="1">
       <c r="A164" s="6" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>216</v>
+      </c>
+      <c r="B164" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C164" s="6" t="s">
-        <v>334</v>
+        <v>40</v>
       </c>
       <c r="D164" s="3" t="s">
-        <v>335</v>
+        <v>217</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>336</v>
+        <v>42</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="H164" s="11" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-        <v>106</v>
+        <v>72</v>
+      </c>
+      <c r="I164" s="14">
+        <v>6</v>
       </c>
       <c r="K164" s="3"/>
       <c r="L164" s="3"/>
     </row>
-    <row r="165" spans="1:12" ht="15">
+    <row r="165" spans="1:12" ht="15" customHeight="1">
       <c r="A165" s="6" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>345</v>
+      </c>
+      <c r="B165" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C165" s="6" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="D165" s="3" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>336</v>
+        <v>114</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="H165" s="11" t="s">
-        <v>204</v>
+        <v>44</v>
       </c>
       <c r="I165" s="14"/>
-      <c r="J165" s="14">
-        <v>244</v>
+      <c r="J165" s="16">
+        <v>900</v>
       </c>
       <c r="K165" s="3"/>
       <c r="L165" s="3"/>
     </row>
-    <row r="166" spans="1:12" ht="15">
+    <row r="166" spans="1:12" ht="15" customHeight="1">
       <c r="A166" s="6" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>354</v>
+      </c>
+      <c r="B166" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C166" s="6" t="s">
-        <v>338</v>
+        <v>356</v>
       </c>
       <c r="D166" s="3" t="s">
-        <v>339</v>
+        <v>357</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>336</v>
+        <v>132</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-      <c r="J166" s="14"/>
+        <v>43</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="I166" s="8">
+        <v>6</v>
+      </c>
+      <c r="J166" s="15"/>
       <c r="K166" s="3"/>
       <c r="L166" s="3"/>
     </row>
-    <row r="167" spans="1:12" ht="15">
+    <row r="167" spans="1:12" ht="15" customHeight="1">
       <c r="A167" s="6" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>354</v>
+      </c>
+      <c r="B167" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C167" s="6" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
       <c r="D167" s="3" t="s">
-        <v>342</v>
+        <v>357</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>336</v>
+        <v>132</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="H167" s="11" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="J167" s="14"/>
+        <v>28</v>
+      </c>
+      <c r="I167" s="14"/>
+      <c r="J167" s="16">
+        <v>150</v>
+      </c>
       <c r="K167" s="3"/>
       <c r="L167" s="3"/>
     </row>
-    <row r="168" spans="1:12" ht="15">
+    <row r="168" spans="1:12" ht="15" customHeight="1">
       <c r="A168" s="6" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>358</v>
+      </c>
+      <c r="B168" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C168" s="6" t="s">
-        <v>341</v>
+        <v>116</v>
       </c>
       <c r="D168" s="3" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>336</v>
+        <v>66</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>109</v>
+        <v>66</v>
       </c>
       <c r="H168" s="11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I168" s="14"/>
       <c r="J168" s="16">
-        <v>2920</v>
+        <v>500</v>
       </c>
       <c r="K168" s="3"/>
       <c r="L168" s="3"/>
     </row>
-    <row r="169" spans="1:12" ht="15">
+    <row r="169" spans="1:12" ht="15" customHeight="1">
       <c r="A169" s="6" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>360</v>
+      </c>
+      <c r="B169" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C169" s="6" t="s">
-        <v>181</v>
+        <v>361</v>
       </c>
       <c r="D169" s="3" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>183</v>
+        <v>111</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>48</v>
-[...7 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I169" s="8">
+        <v>12</v>
+      </c>
+      <c r="J169" s="15"/>
       <c r="K169" s="3"/>
       <c r="L169" s="3"/>
     </row>
     <row r="170" spans="1:12" ht="15">
       <c r="A170" s="6" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>363</v>
+      </c>
+      <c r="B170" s="7" t="s">
+        <v>192</v>
       </c>
       <c r="C170" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="D170" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H170" s="11" t="s">
         <v>181</v>
       </c>
-      <c r="D170" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I170" s="14">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J170" s="14"/>
+        <v>10</v>
+      </c>
       <c r="K170" s="3"/>
       <c r="L170" s="3"/>
     </row>
     <row r="171" spans="1:12" ht="15">
       <c r="A171" s="6" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>367</v>
+      </c>
+      <c r="B171" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C171" s="6" t="s">
-        <v>346</v>
+        <v>368</v>
       </c>
       <c r="D171" s="3" t="s">
-        <v>347</v>
+        <v>369</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>183</v>
+        <v>366</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="H171" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H171" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="I171" s="14"/>
-[...1 lines deleted...]
-        <v>125</v>
+      <c r="I171" s="8"/>
+      <c r="J171" s="15">
+        <v>390</v>
       </c>
       <c r="K171" s="3"/>
       <c r="L171" s="3"/>
     </row>
     <row r="172" spans="1:12" ht="15">
       <c r="A172" s="6" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>367</v>
+      </c>
+      <c r="B172" s="9" t="s">
+        <v>192</v>
       </c>
       <c r="C172" s="6" t="s">
-        <v>346</v>
+        <v>368</v>
       </c>
       <c r="D172" s="3" t="s">
-        <v>347</v>
+        <v>369</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>183</v>
+        <v>366</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-        <v>80</v>
+        <v>17</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="I172" s="7"/>
+      <c r="J172" s="15">
+        <v>125</v>
       </c>
       <c r="K172" s="3"/>
       <c r="L172" s="3"/>
     </row>
-    <row r="173" spans="1:12" ht="15">
+    <row r="173" spans="1:12" ht="15" customHeight="1">
       <c r="A173" s="6" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>370</v>
+      </c>
+      <c r="B173" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C173" s="6" t="s">
-        <v>349</v>
+        <v>74</v>
       </c>
       <c r="D173" s="3" t="s">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>183</v>
+        <v>42</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H173" s="11" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-        <v>4800</v>
+        <v>372</v>
+      </c>
+      <c r="I173" s="14">
+        <v>4</v>
       </c>
       <c r="K173" s="3"/>
       <c r="L173" s="3"/>
     </row>
-    <row r="174" spans="1:12" ht="15">
+    <row r="174" spans="1:12" ht="15" customHeight="1">
       <c r="A174" s="6" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>370</v>
+      </c>
+      <c r="B174" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C174" s="6" t="s">
-        <v>352</v>
+        <v>74</v>
       </c>
       <c r="D174" s="3" t="s">
-        <v>353</v>
+        <v>371</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H174" s="11" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="J174" s="14"/>
+        <v>21</v>
+      </c>
+      <c r="I174" s="14"/>
+      <c r="J174" s="16">
+        <v>1241</v>
+      </c>
       <c r="K174" s="3"/>
       <c r="L174" s="3"/>
     </row>
-    <row r="175" spans="1:12" ht="15">
+    <row r="175" spans="1:12" ht="15" customHeight="1">
       <c r="A175" s="6" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>370</v>
+      </c>
+      <c r="B175" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C175" s="6" t="s">
-        <v>355</v>
+        <v>74</v>
       </c>
       <c r="D175" s="3" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="H175" s="11" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-        <v>3600</v>
+        <v>373</v>
+      </c>
+      <c r="I175" s="14">
+        <v>8</v>
       </c>
       <c r="K175" s="3"/>
       <c r="L175" s="3"/>
     </row>
-    <row r="176" spans="1:12" ht="15">
+    <row r="176" spans="1:12" ht="15" customHeight="1">
       <c r="A176" s="6" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>374</v>
+      </c>
+      <c r="B176" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C176" s="6" t="s">
-        <v>355</v>
+        <v>375</v>
       </c>
       <c r="D176" s="3" t="s">
-        <v>356</v>
+        <v>376</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-        <v>450</v>
+        <v>43</v>
+      </c>
+      <c r="H176" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I176" s="7"/>
+      <c r="J176" s="15">
+        <v>2650</v>
       </c>
       <c r="K176" s="3"/>
       <c r="L176" s="3"/>
     </row>
-    <row r="177" spans="1:12" ht="15">
+    <row r="177" spans="1:12" ht="15" customHeight="1">
       <c r="A177" s="6" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>374</v>
+      </c>
+      <c r="B177" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C177" s="6" t="s">
-        <v>355</v>
+        <v>375</v>
       </c>
       <c r="D177" s="3" t="s">
-        <v>356</v>
+        <v>376</v>
       </c>
       <c r="E177" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H177" s="11" t="s">
+        <v>377</v>
+      </c>
+      <c r="I177" s="14">
         <v>34</v>
-      </c>
-[...11 lines deleted...]
-        <v>100</v>
       </c>
       <c r="K177" s="3"/>
       <c r="L177" s="3"/>
     </row>
-    <row r="178" spans="1:12" ht="15">
+    <row r="178" spans="1:12" ht="15" customHeight="1">
       <c r="A178" s="6" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>374</v>
+      </c>
+      <c r="B178" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C178" s="6" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="D178" s="3" t="s">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>360</v>
+        <v>42</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="H178" s="11" t="s">
-        <v>184</v>
+        <v>372</v>
       </c>
       <c r="I178" s="14">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J178" s="14"/>
+        <v>40</v>
+      </c>
       <c r="K178" s="3"/>
       <c r="L178" s="3"/>
     </row>
-    <row r="179" spans="1:12" ht="15">
+    <row r="179" spans="1:12" ht="15" customHeight="1">
       <c r="A179" s="6" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>374</v>
+      </c>
+      <c r="B179" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C179" s="6" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="D179" s="3" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>360</v>
+        <v>42</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="H179" s="11" t="s">
-        <v>198</v>
+        <v>378</v>
       </c>
       <c r="I179" s="14"/>
-      <c r="J179" s="14">
-        <v>390</v>
+      <c r="J179" s="16">
+        <v>1768</v>
       </c>
       <c r="K179" s="3"/>
       <c r="L179" s="3"/>
     </row>
-    <row r="180" spans="1:12" ht="15">
+    <row r="180" spans="1:12" ht="15" customHeight="1">
       <c r="A180" s="6" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>379</v>
+      </c>
+      <c r="B180" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C180" s="6" t="s">
-        <v>25</v>
+        <v>380</v>
       </c>
       <c r="D180" s="3" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H180" s="11" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="J180" s="14"/>
+        <v>20</v>
+      </c>
+      <c r="I180" s="14"/>
+      <c r="J180" s="16">
+        <v>2716</v>
+      </c>
       <c r="K180" s="3"/>
       <c r="L180" s="3"/>
     </row>
-    <row r="181" spans="1:12" ht="15">
+    <row r="181" spans="1:12" ht="15" customHeight="1">
       <c r="A181" s="6" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>379</v>
+      </c>
+      <c r="B181" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C181" s="6" t="s">
-        <v>25</v>
+        <v>380</v>
       </c>
       <c r="D181" s="3" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H181" s="11" t="s">
-        <v>367</v>
-[...4 lines deleted...]
-      <c r="J181" s="14"/>
+        <v>378</v>
+      </c>
+      <c r="I181" s="14"/>
+      <c r="J181" s="16">
+        <v>864</v>
+      </c>
       <c r="K181" s="3"/>
       <c r="L181" s="3"/>
     </row>
-    <row r="182" spans="1:12" ht="15">
+    <row r="182" spans="1:12" ht="15" customHeight="1">
       <c r="A182" s="6" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>382</v>
+      </c>
+      <c r="B182" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C182" s="6" t="s">
-        <v>25</v>
+        <v>383</v>
       </c>
       <c r="D182" s="3" t="s">
-        <v>365</v>
+        <v>384</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>16</v>
+        <v>385</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="H182" s="11" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-        <v>1241</v>
+        <v>377</v>
+      </c>
+      <c r="I182" s="14">
+        <v>45</v>
       </c>
       <c r="K182" s="3"/>
       <c r="L182" s="3"/>
     </row>
-    <row r="183" spans="1:12" ht="15">
+    <row r="183" spans="1:12" ht="15" customHeight="1">
       <c r="A183" s="6" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>386</v>
+      </c>
+      <c r="B183" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C183" s="6" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="D183" s="3" t="s">
-        <v>370</v>
+        <v>388</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H183" s="11" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="I183" s="14"/>
       <c r="J183" s="16">
-        <v>2650</v>
+        <v>4380</v>
       </c>
       <c r="K183" s="3"/>
       <c r="L183" s="3"/>
     </row>
-    <row r="184" spans="1:12" ht="15">
+    <row r="184" spans="1:12" ht="15" customHeight="1">
       <c r="A184" s="6" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>386</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C184" s="6" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="D184" s="3" t="s">
-        <v>370</v>
+        <v>388</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H184" s="11" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="I184" s="14">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="J184" s="14"/>
+        <v>9</v>
+      </c>
       <c r="K184" s="3"/>
       <c r="L184" s="3"/>
     </row>
     <row r="185" spans="1:12" ht="15">
       <c r="A185" s="6" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>386</v>
+      </c>
+      <c r="B185" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C185" s="6" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="D185" s="3" t="s">
-        <v>370</v>
+        <v>388</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H185" s="11" t="s">
-        <v>371</v>
+        <v>19</v>
       </c>
       <c r="I185" s="14"/>
       <c r="J185" s="16">
-        <v>1768</v>
+        <v>4380</v>
       </c>
       <c r="K185" s="3"/>
       <c r="L185" s="3"/>
     </row>
-    <row r="186" spans="1:12" ht="15">
+    <row r="186" spans="1:12" ht="15" customHeight="1">
       <c r="A186" s="6" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>386</v>
+      </c>
+      <c r="B186" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C186" s="6" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="D186" s="3" t="s">
-        <v>370</v>
+        <v>388</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="H186" s="11" t="s">
         <v>372</v>
       </c>
       <c r="I186" s="14">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="J186" s="14"/>
+        <v>10</v>
+      </c>
       <c r="K186" s="3"/>
       <c r="L186" s="3"/>
     </row>
-    <row r="187" spans="1:12" ht="15">
+    <row r="187" spans="1:12" ht="15" customHeight="1">
       <c r="A187" s="6" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>389</v>
+      </c>
+      <c r="B187" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C187" s="6" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="D187" s="3" t="s">
-        <v>375</v>
+        <v>391</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>211</v>
+        <v>264</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
       <c r="H187" s="11" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-        <v>2716</v>
+        <v>372</v>
+      </c>
+      <c r="I187" s="14">
+        <v>16</v>
       </c>
       <c r="K187" s="3"/>
       <c r="L187" s="3"/>
     </row>
-    <row r="188" spans="1:12" ht="15">
+    <row r="188" spans="1:12" ht="15" customHeight="1">
       <c r="A188" s="6" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>392</v>
+      </c>
+      <c r="B188" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C188" s="6" t="s">
-        <v>374</v>
+        <v>393</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>211</v>
+        <v>136</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="H188" s="11" t="s">
-        <v>371</v>
+        <v>35</v>
       </c>
       <c r="I188" s="14"/>
-      <c r="J188" s="14">
-        <v>864</v>
+      <c r="J188" s="16">
+        <v>145</v>
       </c>
       <c r="K188" s="3"/>
       <c r="L188" s="3"/>
     </row>
-    <row r="189" spans="1:12" ht="15">
+    <row r="189" spans="1:12" ht="15" customHeight="1">
       <c r="A189" s="6" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>392</v>
+      </c>
+      <c r="B189" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C189" s="6" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>378</v>
+        <v>394</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>379</v>
+        <v>136</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="H189" s="11" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      <c r="J189" s="14"/>
+        <v>35</v>
+      </c>
+      <c r="I189" s="14"/>
+      <c r="J189" s="16">
+        <v>150</v>
+      </c>
       <c r="K189" s="3"/>
       <c r="L189" s="3"/>
     </row>
-    <row r="190" spans="1:12" ht="15">
+    <row r="190" spans="1:12" ht="15" customHeight="1">
       <c r="A190" s="6" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>392</v>
+      </c>
+      <c r="B190" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C190" s="6" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="H190" s="11" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I190" s="14"/>
       <c r="J190" s="16">
-        <v>4380</v>
+        <v>350</v>
       </c>
       <c r="K190" s="3"/>
       <c r="L190" s="3"/>
     </row>
-    <row r="191" spans="1:12" ht="15">
+    <row r="191" spans="1:12" ht="15" customHeight="1">
       <c r="A191" s="6" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>395</v>
+      </c>
+      <c r="B191" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C191" s="6" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
       <c r="D191" s="3" t="s">
-        <v>382</v>
+        <v>397</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="H191" s="11" t="s">
-        <v>367</v>
-[...4 lines deleted...]
-      <c r="J191" s="14"/>
+        <v>378</v>
+      </c>
+      <c r="I191" s="14"/>
+      <c r="J191" s="16">
+        <v>2500</v>
+      </c>
       <c r="K191" s="3"/>
       <c r="L191" s="3"/>
     </row>
-    <row r="192" spans="1:12" ht="15">
+    <row r="192" spans="1:12" ht="15" customHeight="1">
       <c r="A192" s="6" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>395</v>
+      </c>
+      <c r="B192" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C192" s="6" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
       <c r="D192" s="3" t="s">
-        <v>382</v>
+        <v>397</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="H192" s="11" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      <c r="J192" s="14"/>
+        <v>19</v>
+      </c>
+      <c r="I192" s="14"/>
+      <c r="J192" s="16">
+        <v>1514</v>
+      </c>
       <c r="K192" s="3"/>
       <c r="L192" s="3"/>
     </row>
-    <row r="193" spans="1:12" ht="15">
+    <row r="193" spans="1:12" ht="15" customHeight="1">
       <c r="A193" s="6" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>398</v>
+      </c>
+      <c r="B193" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C193" s="6" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>382</v>
+        <v>399</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="H193" s="11" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-        <v>4380</v>
+        <v>372</v>
+      </c>
+      <c r="I193" s="14">
+        <v>10</v>
       </c>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
     </row>
-    <row r="194" spans="1:12" ht="15">
+    <row r="194" spans="1:12" ht="15" customHeight="1">
       <c r="A194" s="6" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>398</v>
+      </c>
+      <c r="B194" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C194" s="6" t="s">
-        <v>384</v>
+        <v>141</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>234</v>
+        <v>66</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H194" s="11" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="I194" s="14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="J194" s="14"/>
+        <v>28</v>
+      </c>
       <c r="K194" s="3"/>
       <c r="L194" s="3"/>
     </row>
-    <row r="195" spans="1:12" ht="15">
+    <row r="195" spans="1:12" ht="15" customHeight="1">
       <c r="A195" s="6" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>400</v>
+      </c>
+      <c r="B195" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C195" s="6" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-        <v>150</v>
+        <v>66</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I195" s="8"/>
+      <c r="J195" s="15">
+        <v>2920</v>
       </c>
       <c r="K195" s="3"/>
       <c r="L195" s="3"/>
     </row>
-    <row r="196" spans="1:12" ht="15">
+    <row r="196" spans="1:12" ht="15" customHeight="1">
       <c r="A196" s="6" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>400</v>
+      </c>
+      <c r="B196" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C196" s="6" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="H196" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="I196" s="8">
+        <v>16</v>
+      </c>
+      <c r="J196" s="15"/>
       <c r="K196" s="3"/>
       <c r="L196" s="3"/>
     </row>
-    <row r="197" spans="1:12" ht="15">
+    <row r="197" spans="1:12" ht="15" customHeight="1">
       <c r="A197" s="6" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>400</v>
+      </c>
+      <c r="B197" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C197" s="6" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="D197" s="3" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-        <v>350</v>
+        <v>66</v>
+      </c>
+      <c r="H197" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I197" s="8"/>
+      <c r="J197" s="15">
+        <v>2650</v>
       </c>
       <c r="K197" s="3"/>
       <c r="L197" s="3"/>
     </row>
-    <row r="198" spans="1:12" ht="15">
+    <row r="198" spans="1:12" ht="15" customHeight="1">
       <c r="A198" s="6" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>404</v>
+      </c>
+      <c r="B198" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C198" s="6" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="D198" s="3" t="s">
-        <v>391</v>
+        <v>406</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-        <v>1514</v>
+        <v>66</v>
+      </c>
+      <c r="H198" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="I198" s="8"/>
+      <c r="J198" s="15">
+        <v>10000</v>
       </c>
       <c r="K198" s="3"/>
       <c r="L198" s="3"/>
     </row>
-    <row r="199" spans="1:12" ht="15">
+    <row r="199" spans="1:12" ht="15" customHeight="1">
       <c r="A199" s="6" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>407</v>
+      </c>
+      <c r="B199" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C199" s="6" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>391</v>
+        <v>409</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-        <v>2500</v>
+        <v>66</v>
+      </c>
+      <c r="H199" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I199" s="7"/>
+      <c r="J199" s="15">
+        <v>3000</v>
       </c>
       <c r="K199" s="3"/>
       <c r="L199" s="3"/>
     </row>
-    <row r="200" spans="1:12" ht="15">
+    <row r="200" spans="1:12" ht="15" customHeight="1">
       <c r="A200" s="6" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>407</v>
+      </c>
+      <c r="B200" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C200" s="6" t="s">
-        <v>92</v>
+        <v>408</v>
       </c>
       <c r="D200" s="3" t="s">
-        <v>393</v>
+        <v>409</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      <c r="J200" s="14"/>
+        <v>66</v>
+      </c>
+      <c r="H200" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="I200" s="10">
+        <v>14</v>
+      </c>
+      <c r="J200" s="29"/>
       <c r="K200" s="3"/>
       <c r="L200" s="3"/>
     </row>
-    <row r="201" spans="1:12" ht="15">
+    <row r="201" spans="1:12" ht="15" customHeight="1">
       <c r="A201" s="6" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>410</v>
+      </c>
+      <c r="B201" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C201" s="6" t="s">
-        <v>92</v>
+        <v>411</v>
       </c>
       <c r="D201" s="3" t="s">
-        <v>393</v>
+        <v>412</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H201" s="11" t="s">
-        <v>367</v>
+        <v>181</v>
       </c>
       <c r="I201" s="14">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J201" s="14"/>
+        <v>1</v>
+      </c>
       <c r="K201" s="3"/>
       <c r="L201" s="3"/>
     </row>
-    <row r="202" spans="1:12" ht="15">
+    <row r="202" spans="1:12" ht="15" customHeight="1">
       <c r="A202" s="6" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>358</v>
+      </c>
+      <c r="B202" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C202" s="6" t="s">
-        <v>395</v>
+        <v>116</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>396</v>
+        <v>359</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H202" s="11" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-        <v>2650</v>
+        <v>372</v>
+      </c>
+      <c r="I202" s="14">
+        <v>78</v>
       </c>
       <c r="K202" s="3"/>
       <c r="L202" s="3"/>
     </row>
-    <row r="203" spans="1:12" ht="15">
+    <row r="203" spans="1:12" ht="15" customHeight="1">
       <c r="A203" s="6" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>358</v>
+      </c>
+      <c r="B203" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C203" s="6" t="s">
-        <v>395</v>
+        <v>116</v>
       </c>
       <c r="D203" s="3" t="s">
-        <v>396</v>
+        <v>359</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H203" s="11" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="I203" s="14"/>
       <c r="J203" s="16">
-        <v>2920</v>
+        <v>2190</v>
       </c>
       <c r="K203" s="3"/>
       <c r="L203" s="3"/>
     </row>
-    <row r="204" spans="1:12" ht="15">
+    <row r="204" spans="1:12" ht="15" customHeight="1">
       <c r="A204" s="6" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>413</v>
+      </c>
+      <c r="B204" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C204" s="6" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="D204" s="3" t="s">
-        <v>396</v>
+        <v>415</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H204" s="11" t="s">
-        <v>397</v>
-[...4 lines deleted...]
-      <c r="J204" s="14"/>
+        <v>19</v>
+      </c>
+      <c r="I204" s="14"/>
+      <c r="J204" s="16">
+        <v>3650</v>
+      </c>
       <c r="K204" s="3"/>
       <c r="L204" s="3"/>
     </row>
-    <row r="205" spans="1:12" ht="15">
+    <row r="205" spans="1:12" ht="15" customHeight="1">
       <c r="A205" s="6" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>413</v>
+      </c>
+      <c r="B205" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C205" s="6" t="s">
-        <v>399</v>
+        <v>414</v>
       </c>
       <c r="D205" s="3" t="s">
-        <v>400</v>
+        <v>415</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H205" s="11" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-        <v>10000</v>
+        <v>170</v>
+      </c>
+      <c r="I205" s="14">
+        <v>8</v>
       </c>
       <c r="K205" s="3"/>
       <c r="L205" s="3"/>
     </row>
-    <row r="206" spans="1:12" ht="15">
+    <row r="206" spans="1:12" ht="15" customHeight="1">
       <c r="A206" s="6" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>416</v>
+      </c>
+      <c r="B206" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C206" s="6" t="s">
-        <v>402</v>
+        <v>417</v>
       </c>
       <c r="D206" s="3" t="s">
-        <v>403</v>
+        <v>418</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H206" s="11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I206" s="14"/>
       <c r="J206" s="16">
-        <v>3000</v>
+        <v>600</v>
       </c>
       <c r="K206" s="3"/>
       <c r="L206" s="3"/>
     </row>
-    <row r="207" spans="1:12" ht="15">
+    <row r="207" spans="1:12" ht="15" customHeight="1">
       <c r="A207" s="6" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>416</v>
+      </c>
+      <c r="B207" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C207" s="6" t="s">
-        <v>402</v>
+        <v>417</v>
       </c>
       <c r="D207" s="3" t="s">
-        <v>403</v>
+        <v>418</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      <c r="J207" s="14"/>
+        <v>66</v>
+      </c>
+      <c r="H207" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="I207" s="7"/>
+      <c r="J207" s="15">
+        <v>400</v>
+      </c>
       <c r="K207" s="3"/>
       <c r="L207" s="3"/>
     </row>
-    <row r="208" spans="1:12" ht="15">
+    <row r="208" spans="1:12" ht="15" customHeight="1">
       <c r="A208" s="6" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>416</v>
+      </c>
+      <c r="B208" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C208" s="6" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      <c r="J208" s="14"/>
+        <v>66</v>
+      </c>
+      <c r="H208" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I208" s="8"/>
+      <c r="J208" s="15">
+        <v>200</v>
+      </c>
       <c r="K208" s="3"/>
       <c r="L208" s="3"/>
     </row>
-    <row r="209" spans="1:12" ht="15">
+    <row r="209" spans="1:12" ht="15" customHeight="1">
       <c r="A209" s="6" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>416</v>
+      </c>
+      <c r="B209" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C209" s="6" t="s">
-        <v>70</v>
+        <v>417</v>
       </c>
       <c r="D209" s="3" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H209" s="11" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I209" s="14"/>
-      <c r="J209" s="14">
+      <c r="J209" s="16">
         <v>500</v>
       </c>
       <c r="K209" s="3"/>
       <c r="L209" s="3"/>
     </row>
-    <row r="210" spans="1:12" ht="15">
+    <row r="210" spans="1:12" ht="15" customHeight="1">
       <c r="A210" s="6" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>416</v>
+      </c>
+      <c r="B210" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C210" s="6" t="s">
-        <v>70</v>
+        <v>417</v>
       </c>
       <c r="D210" s="3" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H210" s="11" t="s">
-        <v>367</v>
-[...4 lines deleted...]
-      <c r="J210" s="14"/>
+        <v>35</v>
+      </c>
+      <c r="I210" s="14"/>
+      <c r="J210" s="16">
+        <v>300</v>
+      </c>
       <c r="K210" s="3"/>
       <c r="L210" s="3"/>
     </row>
-    <row r="211" spans="1:12" ht="15">
+    <row r="211" spans="1:12" ht="15" customHeight="1">
       <c r="A211" s="6" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>419</v>
+      </c>
+      <c r="B211" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C211" s="6" t="s">
-        <v>70</v>
+        <v>420</v>
       </c>
       <c r="D211" s="3" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H211" s="11" t="s">
-        <v>125</v>
+        <v>35</v>
       </c>
       <c r="I211" s="14"/>
       <c r="J211" s="16">
-        <v>2190</v>
+        <v>900</v>
       </c>
       <c r="K211" s="3"/>
       <c r="L211" s="3"/>
     </row>
-    <row r="212" spans="1:12" ht="15">
+    <row r="212" spans="1:12" ht="15" customHeight="1">
       <c r="A212" s="6" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>422</v>
+      </c>
+      <c r="B212" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C212" s="6" t="s">
-        <v>410</v>
+        <v>193</v>
       </c>
       <c r="D212" s="3" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H212" s="11" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="J212" s="14"/>
+        <v>28</v>
+      </c>
+      <c r="I212" s="14"/>
+      <c r="J212" s="16">
+        <v>120</v>
+      </c>
       <c r="K212" s="3"/>
       <c r="L212" s="3"/>
     </row>
-    <row r="213" spans="1:12" ht="15">
+    <row r="213" spans="1:12" ht="15" customHeight="1">
       <c r="A213" s="6" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>422</v>
+      </c>
+      <c r="B213" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C213" s="6" t="s">
-        <v>410</v>
+        <v>193</v>
       </c>
       <c r="D213" s="3" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H213" s="11" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="I213" s="14"/>
       <c r="J213" s="16">
-        <v>3650</v>
+        <v>3250</v>
       </c>
       <c r="K213" s="3"/>
       <c r="L213" s="3"/>
     </row>
-    <row r="214" spans="1:12" ht="15">
+    <row r="214" spans="1:12" ht="15" customHeight="1">
       <c r="A214" s="6" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>424</v>
+      </c>
+      <c r="B214" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C214" s="6" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
       <c r="D214" s="3" t="s">
-        <v>411</v>
+        <v>426</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>55</v>
+        <v>427</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H214" s="11" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="J214" s="14"/>
+        <v>19</v>
+      </c>
+      <c r="I214" s="14"/>
+      <c r="J214" s="16">
+        <v>5840</v>
+      </c>
       <c r="K214" s="3"/>
       <c r="L214" s="3"/>
     </row>
-    <row r="215" spans="1:12" ht="15">
+    <row r="215" spans="1:12" ht="15" customHeight="1">
       <c r="A215" s="6" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>424</v>
+      </c>
+      <c r="B215" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C215" s="6" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="D215" s="3" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>55</v>
+        <v>427</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H215" s="11" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="I215" s="14"/>
-      <c r="J215" s="14">
-        <v>200</v>
+      <c r="J215" s="16">
+        <v>3650</v>
       </c>
       <c r="K215" s="3"/>
       <c r="L215" s="3"/>
     </row>
-    <row r="216" spans="1:12" ht="15">
+    <row r="216" spans="1:12" ht="15" customHeight="1">
       <c r="A216" s="6" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>428</v>
+      </c>
+      <c r="B216" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C216" s="6" t="s">
-        <v>413</v>
+        <v>429</v>
       </c>
       <c r="D216" s="3" t="s">
-        <v>414</v>
+        <v>430</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>55</v>
+        <v>431</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H216" s="11" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-        <v>300</v>
+        <v>432</v>
+      </c>
+      <c r="I216" s="14">
+        <v>15</v>
       </c>
       <c r="K216" s="3"/>
       <c r="L216" s="3"/>
     </row>
-    <row r="217" spans="1:12" ht="15">
+    <row r="217" spans="1:12" ht="15" customHeight="1">
       <c r="A217" s="6" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>433</v>
+      </c>
+      <c r="B217" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C217" s="6" t="s">
-        <v>413</v>
+        <v>434</v>
       </c>
       <c r="D217" s="3" t="s">
-        <v>414</v>
+        <v>435</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>55</v>
+        <v>124</v>
       </c>
       <c r="H217" s="11" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-        <v>500</v>
+        <v>170</v>
+      </c>
+      <c r="I217" s="14">
+        <v>16</v>
       </c>
       <c r="K217" s="3"/>
       <c r="L217" s="3"/>
     </row>
-    <row r="218" spans="1:12" ht="15">
+    <row r="218" spans="1:12" ht="15" customHeight="1">
       <c r="A218" s="6" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>436</v>
+      </c>
+      <c r="B218" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C218" s="6" t="s">
-        <v>413</v>
+        <v>437</v>
       </c>
       <c r="D218" s="3" t="s">
-        <v>414</v>
+        <v>438</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="H218" s="11" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-        <v>600</v>
+        <v>22</v>
+      </c>
+      <c r="I218" s="14">
+        <v>96</v>
       </c>
       <c r="K218" s="3"/>
       <c r="L218" s="3"/>
     </row>
-    <row r="219" spans="1:12" ht="15">
+    <row r="219" spans="1:12" ht="15" customHeight="1">
       <c r="A219" s="6" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>439</v>
+      </c>
+      <c r="B219" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C219" s="6" t="s">
-        <v>413</v>
+        <v>440</v>
       </c>
       <c r="D219" s="3" t="s">
-        <v>414</v>
+        <v>441</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>55</v>
+        <v>214</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-        <v>400</v>
+        <v>43</v>
+      </c>
+      <c r="H219" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I219" s="8"/>
+      <c r="J219" s="15">
+        <v>254</v>
       </c>
       <c r="K219" s="3"/>
       <c r="L219" s="3"/>
     </row>
-    <row r="220" spans="1:12" ht="15">
+    <row r="220" spans="1:12" ht="15" customHeight="1">
       <c r="A220" s="6" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>442</v>
+      </c>
+      <c r="B220" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C220" s="6" t="s">
-        <v>416</v>
+        <v>443</v>
       </c>
       <c r="D220" s="3" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H220" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="I220" s="8">
+        <v>200</v>
+      </c>
+      <c r="J220" s="15"/>
       <c r="K220" s="3"/>
       <c r="L220" s="3"/>
     </row>
-    <row r="221" spans="1:12" ht="15">
+    <row r="221" spans="1:12" ht="15" customHeight="1">
       <c r="A221" s="6" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B221" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C221" s="6" t="s">
-        <v>416</v>
+        <v>446</v>
       </c>
       <c r="D221" s="3" t="s">
-        <v>417</v>
+        <v>447</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>55</v>
+        <v>315</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H221" s="11" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I221" s="14"/>
-      <c r="J221" s="14">
-        <v>160</v>
+      <c r="J221" s="16">
+        <v>100</v>
       </c>
       <c r="K221" s="3"/>
       <c r="L221" s="3"/>
     </row>
-    <row r="222" spans="1:12" ht="15">
+    <row r="222" spans="1:12" ht="15" customHeight="1">
       <c r="A222" s="6" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B222" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C222" s="6" t="s">
-        <v>416</v>
+        <v>446</v>
       </c>
       <c r="D222" s="3" t="s">
-        <v>417</v>
+        <v>447</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>55</v>
+        <v>315</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H222" s="11" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-        <v>240</v>
+        <v>372</v>
+      </c>
+      <c r="I222" s="14">
+        <v>18</v>
       </c>
       <c r="K222" s="3"/>
       <c r="L222" s="3"/>
     </row>
-    <row r="223" spans="1:12" ht="15">
+    <row r="223" spans="1:12" ht="15" customHeight="1">
       <c r="A223" s="6" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B223" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C223" s="6" t="s">
-        <v>277</v>
+        <v>446</v>
       </c>
       <c r="D223" s="3" t="s">
-        <v>419</v>
+        <v>447</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>55</v>
+        <v>315</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H223" s="11" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-        <v>120</v>
+        <v>308</v>
+      </c>
+      <c r="I223" s="14">
+        <v>14</v>
       </c>
       <c r="K223" s="3"/>
       <c r="L223" s="3"/>
     </row>
-    <row r="224" spans="1:12" ht="15">
+    <row r="224" spans="1:12" ht="15" customHeight="1">
       <c r="A224" s="6" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B224" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C224" s="6" t="s">
-        <v>277</v>
+        <v>446</v>
       </c>
       <c r="D224" s="3" t="s">
-        <v>419</v>
+        <v>447</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>55</v>
+        <v>315</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H224" s="11" t="s">
-        <v>125</v>
+        <v>35</v>
       </c>
       <c r="I224" s="14"/>
       <c r="J224" s="16">
-        <v>3250</v>
+        <v>275</v>
       </c>
       <c r="K224" s="3"/>
       <c r="L224" s="3"/>
     </row>
-    <row r="225" spans="1:12" ht="15">
+    <row r="225" spans="1:12" ht="15" customHeight="1">
       <c r="A225" s="6" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B225" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C225" s="6" t="s">
-        <v>421</v>
+        <v>446</v>
       </c>
       <c r="D225" s="3" t="s">
-        <v>422</v>
+        <v>447</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>423</v>
+        <v>315</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H225" s="11" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I225" s="14"/>
       <c r="J225" s="16">
-        <v>5840</v>
+        <v>300</v>
       </c>
       <c r="K225" s="3"/>
       <c r="L225" s="3"/>
     </row>
-    <row r="226" spans="1:12" ht="15">
+    <row r="226" spans="1:12" ht="15" customHeight="1">
       <c r="A226" s="6" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B226" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C226" s="6" t="s">
-        <v>421</v>
+        <v>446</v>
       </c>
       <c r="D226" s="3" t="s">
-        <v>422</v>
+        <v>447</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>423</v>
+        <v>315</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H226" s="11" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="I226" s="14"/>
       <c r="J226" s="16">
-        <v>3650</v>
+        <v>225</v>
       </c>
       <c r="K226" s="3"/>
       <c r="L226" s="3"/>
     </row>
-    <row r="227" spans="1:12" ht="15">
+    <row r="227" spans="1:12" ht="15" customHeight="1">
       <c r="A227" s="6" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B227" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C227" s="6" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>426</v>
+        <v>447</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>427</v>
+        <v>315</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H227" s="11" t="s">
-        <v>367</v>
+        <v>448</v>
       </c>
       <c r="I227" s="14">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J227" s="14"/>
+        <v>16</v>
+      </c>
       <c r="K227" s="3"/>
       <c r="L227" s="3"/>
     </row>
-    <row r="228" spans="1:12" ht="15">
+    <row r="228" spans="1:12" ht="15" customHeight="1">
       <c r="A228" s="6" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>445</v>
+      </c>
+      <c r="B228" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C228" s="6" t="s">
-        <v>429</v>
+        <v>446</v>
       </c>
       <c r="D228" s="3" t="s">
-        <v>430</v>
+        <v>447</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>101</v>
+        <v>315</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
       <c r="H228" s="11" t="s">
-        <v>132</v>
+        <v>373</v>
       </c>
       <c r="I228" s="14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="J228" s="14"/>
+        <v>36</v>
+      </c>
       <c r="K228" s="3"/>
       <c r="L228" s="3"/>
     </row>
-    <row r="229" spans="1:12" ht="15">
+    <row r="229" spans="1:12" ht="15" customHeight="1">
       <c r="A229" s="6" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>449</v>
+      </c>
+      <c r="B229" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C229" s="6" t="s">
-        <v>432</v>
+        <v>113</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>433</v>
+        <v>450</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="H229" s="11" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-      <c r="J229" s="14"/>
+        <v>451</v>
+      </c>
+      <c r="I229" s="14"/>
+      <c r="J229" s="16">
+        <v>20</v>
+      </c>
       <c r="K229" s="3"/>
       <c r="L229" s="3"/>
     </row>
-    <row r="230" spans="1:12" ht="15">
+    <row r="230" spans="1:12" ht="15" customHeight="1">
       <c r="A230" s="6" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>449</v>
+      </c>
+      <c r="B230" s="9" t="s">
+        <v>355</v>
       </c>
       <c r="C230" s="6" t="s">
-        <v>435</v>
+        <v>113</v>
       </c>
       <c r="D230" s="3" t="s">
-        <v>436</v>
+        <v>450</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>293</v>
+        <v>114</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-        <v>254</v>
+        <v>43</v>
+      </c>
+      <c r="H230" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="I230" s="8"/>
+      <c r="J230" s="15">
+        <v>3625</v>
       </c>
       <c r="K230" s="3"/>
       <c r="L230" s="3"/>
     </row>
-    <row r="231" spans="1:12" ht="15">
+    <row r="231" spans="1:12" ht="15" customHeight="1">
       <c r="A231" s="6" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>449</v>
+      </c>
+      <c r="B231" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C231" s="6" t="s">
-        <v>438</v>
+        <v>113</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>147</v>
+        <v>114</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
       <c r="H231" s="11" t="s">
-        <v>367</v>
-[...4 lines deleted...]
-      <c r="J231" s="14"/>
+        <v>20</v>
+      </c>
+      <c r="I231" s="14"/>
+      <c r="J231" s="16">
+        <v>680</v>
+      </c>
       <c r="K231" s="3"/>
       <c r="L231" s="3"/>
     </row>
-    <row r="232" spans="1:12" ht="15">
+    <row r="232" spans="1:12" ht="15" customHeight="1">
       <c r="A232" s="6" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>452</v>
+      </c>
+      <c r="B232" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C232" s="6" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="D232" s="3" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>308</v>
+        <v>294</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="H232" s="11" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-        <v>100</v>
+        <v>170</v>
+      </c>
+      <c r="I232" s="14">
+        <v>16</v>
       </c>
       <c r="K232" s="3"/>
       <c r="L232" s="3"/>
     </row>
-    <row r="233" spans="1:12" ht="15">
+    <row r="233" spans="1:12" ht="15" customHeight="1">
       <c r="A233" s="6" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>455</v>
+      </c>
+      <c r="B233" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C233" s="6" t="s">
-        <v>441</v>
+        <v>456</v>
       </c>
       <c r="D233" s="3" t="s">
-        <v>442</v>
+        <v>457</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>308</v>
+        <v>56</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="H233" s="11" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="I233" s="14"/>
-      <c r="J233" s="14">
-        <v>275</v>
+      <c r="J233" s="16">
+        <v>300</v>
       </c>
       <c r="K233" s="3"/>
       <c r="L233" s="3"/>
     </row>
-    <row r="234" spans="1:12" ht="15">
+    <row r="234" spans="1:12" ht="15" customHeight="1">
       <c r="A234" s="6" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>458</v>
+      </c>
+      <c r="B234" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C234" s="6" t="s">
-        <v>441</v>
+        <v>459</v>
       </c>
       <c r="D234" s="3" t="s">
-        <v>442</v>
+        <v>460</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>308</v>
+        <v>61</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="H234" s="11" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-        <v>300</v>
+        <v>372</v>
+      </c>
+      <c r="I234" s="14">
+        <v>30</v>
       </c>
       <c r="K234" s="3"/>
       <c r="L234" s="3"/>
     </row>
-    <row r="235" spans="1:12" ht="15">
+    <row r="235" spans="1:12" ht="15" customHeight="1">
       <c r="A235" s="6" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>354</v>
+      </c>
+      <c r="B235" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C235" s="6" t="s">
-        <v>441</v>
+        <v>356</v>
       </c>
       <c r="D235" s="3" t="s">
-        <v>442</v>
+        <v>357</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>308</v>
+        <v>132</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="H235" s="11" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I235" s="14"/>
-      <c r="J235" s="14">
-        <v>225</v>
+      <c r="J235" s="16">
+        <v>450</v>
       </c>
       <c r="K235" s="3"/>
       <c r="L235" s="3"/>
     </row>
-    <row r="236" spans="1:12" ht="15">
+    <row r="236" spans="1:12" ht="15" customHeight="1">
       <c r="A236" s="6" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>354</v>
+      </c>
+      <c r="B236" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C236" s="6" t="s">
-        <v>441</v>
+        <v>356</v>
       </c>
       <c r="D236" s="3" t="s">
-        <v>442</v>
+        <v>357</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>308</v>
+        <v>132</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="H236" s="11" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="I236" s="14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="J236" s="14"/>
+        <v>8</v>
+      </c>
       <c r="K236" s="3"/>
       <c r="L236" s="3"/>
     </row>
-    <row r="237" spans="1:12" ht="15">
+    <row r="237" spans="1:12" ht="15" customHeight="1">
       <c r="A237" s="6" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>462</v>
+      </c>
+      <c r="B237" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C237" s="6" t="s">
-        <v>441</v>
+        <v>463</v>
       </c>
       <c r="D237" s="3" t="s">
-        <v>442</v>
+        <v>464</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>308</v>
+        <v>189</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="H237" s="11" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="J237" s="14"/>
+        <v>378</v>
+      </c>
+      <c r="I237" s="14"/>
+      <c r="J237" s="16">
+        <v>3000</v>
+      </c>
       <c r="K237" s="3"/>
       <c r="L237" s="3"/>
     </row>
-    <row r="238" spans="1:12" ht="15">
+    <row r="238" spans="1:12" ht="15" customHeight="1">
       <c r="A238" s="6" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>465</v>
+      </c>
+      <c r="B238" s="7" t="s">
+        <v>355</v>
       </c>
       <c r="C238" s="6" t="s">
-        <v>441</v>
+        <v>466</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>442</v>
+        <v>467</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>308</v>
+        <v>468</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="H238" s="11" t="s">
-        <v>367</v>
-[...4 lines deleted...]
-      <c r="J238" s="14"/>
+        <v>20</v>
+      </c>
+      <c r="I238" s="14"/>
+      <c r="J238" s="16">
+        <v>1400</v>
+      </c>
       <c r="K238" s="3"/>
       <c r="L238" s="3"/>
     </row>
-    <row r="239" spans="1:12" ht="15">
-[...27 lines deleted...]
-      <c r="J239" s="14"/>
+    <row r="239" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A239" s="6"/>
+      <c r="B239" s="7"/>
+      <c r="C239" s="6"/>
+      <c r="E239" s="1"/>
+      <c r="F239" s="1"/>
+      <c r="G239" s="1"/>
+      <c r="H239" s="11"/>
+      <c r="I239" s="14"/>
       <c r="K239" s="3"/>
       <c r="L239" s="3"/>
     </row>
-    <row r="240" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="240" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A240" s="6"/>
+      <c r="B240" s="7"/>
+      <c r="C240" s="6"/>
+      <c r="E240" s="1"/>
+      <c r="F240" s="1"/>
+      <c r="G240" s="1"/>
+      <c r="H240" s="11"/>
       <c r="I240" s="14"/>
-      <c r="J240" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="K240" s="3"/>
       <c r="L240" s="3"/>
     </row>
-    <row r="241" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="241" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A241" s="6"/>
+      <c r="B241" s="7"/>
+      <c r="C241" s="6"/>
+      <c r="E241" s="1"/>
+      <c r="F241" s="1"/>
+      <c r="G241" s="1"/>
+      <c r="H241" s="11"/>
       <c r="I241" s="14"/>
-      <c r="J241" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="K241" s="3"/>
       <c r="L241" s="3"/>
     </row>
-    <row r="242" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="242" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A242" s="6"/>
+      <c r="B242" s="7"/>
+      <c r="C242" s="6"/>
+      <c r="E242" s="1"/>
+      <c r="F242" s="1"/>
+      <c r="G242" s="1"/>
+      <c r="H242" s="11"/>
       <c r="I242" s="14"/>
-      <c r="J242" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="K242" s="3"/>
       <c r="L242" s="3"/>
     </row>
-    <row r="243" spans="1:12" ht="15">
-[...27 lines deleted...]
-      <c r="J243" s="14"/>
+    <row r="243" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A243" s="6"/>
+      <c r="B243" s="7"/>
+      <c r="C243" s="6"/>
+      <c r="E243" s="1"/>
+      <c r="F243" s="1"/>
+      <c r="G243" s="1"/>
+      <c r="H243" s="11"/>
+      <c r="I243" s="14"/>
       <c r="K243" s="3"/>
       <c r="L243" s="3"/>
     </row>
-    <row r="244" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="244" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A244" s="6"/>
+      <c r="B244" s="7"/>
+      <c r="C244" s="6"/>
+      <c r="E244" s="1"/>
+      <c r="F244" s="1"/>
+      <c r="G244" s="1"/>
+      <c r="H244" s="11"/>
       <c r="I244" s="14"/>
-      <c r="J244" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="K244" s="3"/>
       <c r="L244" s="3"/>
     </row>
-    <row r="245" spans="1:12" ht="15">
-[...27 lines deleted...]
-      <c r="J245" s="14"/>
+    <row r="245" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A245" s="6"/>
+      <c r="B245" s="7"/>
+      <c r="C245" s="6"/>
+      <c r="E245" s="1"/>
+      <c r="F245" s="1"/>
+      <c r="G245" s="1"/>
+      <c r="H245" s="11"/>
+      <c r="I245" s="14"/>
       <c r="K245" s="3"/>
       <c r="L245" s="3"/>
     </row>
-    <row r="246" spans="1:12" ht="15">
-[...27 lines deleted...]
-      <c r="J246" s="14"/>
+    <row r="246" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A246" s="20"/>
+      <c r="B246" s="20"/>
+      <c r="C246" s="20"/>
+      <c r="E246"/>
+      <c r="F246"/>
+      <c r="H246" s="21"/>
+      <c r="I246" s="22"/>
+      <c r="J246" s="30"/>
       <c r="K246" s="3"/>
       <c r="L246" s="3"/>
     </row>
-    <row r="247" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="247" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="E247"/>
+      <c r="F247"/>
+      <c r="H247" s="11"/>
       <c r="I247" s="14"/>
-      <c r="J247" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="K247" s="3"/>
       <c r="L247" s="3"/>
     </row>
-    <row r="248" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="248" spans="1:12" ht="21" hidden="1" customHeight="1">
+      <c r="E248"/>
+      <c r="F248"/>
+      <c r="H248" s="11"/>
       <c r="I248" s="14"/>
-      <c r="J248" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="K248" s="3"/>
       <c r="L248" s="3"/>
     </row>
-    <row r="249" spans="1:12" ht="15">
-[...27 lines deleted...]
-      <c r="J249" s="14"/>
+    <row r="249" spans="1:12" ht="21" hidden="1" customHeight="1">
+      <c r="E249"/>
+      <c r="F249"/>
+      <c r="H249" s="11"/>
+      <c r="I249" s="14"/>
       <c r="K249" s="3"/>
       <c r="L249" s="3"/>
     </row>
-    <row r="250" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="250" spans="1:12" ht="21" hidden="1" customHeight="1">
+      <c r="E250"/>
+      <c r="F250"/>
+      <c r="H250" s="11"/>
       <c r="I250" s="14"/>
-      <c r="J250" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="K250" s="3"/>
       <c r="L250" s="3"/>
     </row>
-    <row r="251" spans="1:12" ht="15">
-[...23 lines deleted...]
-      </c>
+    <row r="251" spans="1:12" ht="21" hidden="1" customHeight="1">
+      <c r="E251"/>
+      <c r="F251"/>
+      <c r="H251" s="11"/>
       <c r="I251" s="14"/>
-      <c r="J251" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="K251" s="3"/>
       <c r="L251" s="3"/>
     </row>
     <row r="252" spans="1:12" ht="21" hidden="1" customHeight="1">
-      <c r="A252" s="21"/>
-[...1 lines deleted...]
-      <c r="C252" s="21"/>
       <c r="E252"/>
       <c r="F252"/>
-      <c r="H252" s="22"/>
-[...1 lines deleted...]
-      <c r="J252" s="23"/>
+      <c r="H252" s="11"/>
+      <c r="I252" s="14"/>
       <c r="K252" s="3"/>
       <c r="L252" s="3"/>
     </row>
     <row r="253" spans="1:12" ht="21" hidden="1" customHeight="1">
       <c r="E253"/>
       <c r="F253"/>
       <c r="H253" s="11"/>
       <c r="I253" s="14"/>
-      <c r="J253" s="14"/>
       <c r="K253" s="3"/>
       <c r="L253" s="3"/>
     </row>
     <row r="254" spans="1:12" ht="21" hidden="1" customHeight="1">
       <c r="E254"/>
       <c r="F254"/>
       <c r="H254" s="11"/>
       <c r="I254" s="14"/>
-      <c r="J254" s="14"/>
       <c r="K254" s="3"/>
       <c r="L254" s="3"/>
     </row>
     <row r="255" spans="1:12" ht="21" hidden="1" customHeight="1">
       <c r="E255"/>
       <c r="F255"/>
       <c r="H255" s="11"/>
       <c r="I255" s="14"/>
-      <c r="J255" s="14"/>
       <c r="K255" s="3"/>
       <c r="L255" s="3"/>
     </row>
     <row r="256" spans="1:12" ht="21" hidden="1" customHeight="1">
       <c r="E256"/>
       <c r="F256"/>
       <c r="H256" s="11"/>
       <c r="I256" s="14"/>
-      <c r="J256" s="14"/>
       <c r="K256" s="3"/>
       <c r="L256" s="3"/>
     </row>
     <row r="257" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E257"/>
       <c r="F257"/>
       <c r="H257" s="11"/>
       <c r="I257" s="14"/>
-      <c r="J257" s="14"/>
       <c r="K257" s="3"/>
       <c r="L257" s="3"/>
     </row>
     <row r="258" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E258"/>
       <c r="F258"/>
       <c r="H258" s="11"/>
       <c r="I258" s="14"/>
-      <c r="J258" s="14"/>
       <c r="K258" s="3"/>
       <c r="L258" s="3"/>
     </row>
     <row r="259" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E259"/>
       <c r="F259"/>
       <c r="H259" s="11"/>
       <c r="I259" s="14"/>
-      <c r="J259" s="14"/>
       <c r="K259" s="3"/>
       <c r="L259" s="3"/>
     </row>
     <row r="260" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E260"/>
       <c r="F260"/>
       <c r="H260" s="11"/>
       <c r="I260" s="14"/>
-      <c r="J260" s="14"/>
       <c r="K260" s="3"/>
       <c r="L260" s="3"/>
     </row>
     <row r="261" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E261"/>
       <c r="F261"/>
       <c r="H261" s="11"/>
       <c r="I261" s="14"/>
-      <c r="J261" s="14"/>
       <c r="K261" s="3"/>
       <c r="L261" s="3"/>
     </row>
     <row r="262" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E262"/>
       <c r="F262"/>
       <c r="H262" s="11"/>
       <c r="I262" s="14"/>
-      <c r="J262" s="14"/>
       <c r="K262" s="3"/>
       <c r="L262" s="3"/>
     </row>
     <row r="263" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E263"/>
       <c r="F263"/>
       <c r="H263" s="11"/>
       <c r="I263" s="14"/>
-      <c r="J263" s="14"/>
       <c r="K263" s="3"/>
       <c r="L263" s="3"/>
     </row>
     <row r="264" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E264"/>
       <c r="F264"/>
       <c r="H264" s="11"/>
       <c r="I264" s="14"/>
-      <c r="J264" s="14"/>
       <c r="K264" s="3"/>
       <c r="L264" s="3"/>
     </row>
     <row r="265" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E265"/>
       <c r="F265"/>
       <c r="H265" s="11"/>
       <c r="I265" s="14"/>
-      <c r="J265" s="14"/>
       <c r="K265" s="3"/>
       <c r="L265" s="3"/>
     </row>
     <row r="266" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E266"/>
       <c r="F266"/>
       <c r="H266" s="11"/>
       <c r="I266" s="14"/>
-      <c r="J266" s="14"/>
       <c r="K266" s="3"/>
       <c r="L266" s="3"/>
     </row>
     <row r="267" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E267"/>
       <c r="F267"/>
       <c r="H267" s="11"/>
       <c r="I267" s="14"/>
-      <c r="J267" s="14"/>
       <c r="K267" s="3"/>
       <c r="L267" s="3"/>
     </row>
     <row r="268" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E268"/>
       <c r="F268"/>
       <c r="H268" s="11"/>
       <c r="I268" s="14"/>
-      <c r="J268" s="14"/>
       <c r="K268" s="3"/>
       <c r="L268" s="3"/>
     </row>
     <row r="269" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E269"/>
       <c r="F269"/>
       <c r="H269" s="11"/>
       <c r="I269" s="14"/>
-      <c r="J269" s="14"/>
       <c r="K269" s="3"/>
       <c r="L269" s="3"/>
     </row>
     <row r="270" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E270"/>
       <c r="F270"/>
       <c r="H270" s="11"/>
       <c r="I270" s="14"/>
-      <c r="J270" s="14"/>
       <c r="K270" s="3"/>
       <c r="L270" s="3"/>
     </row>
     <row r="271" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E271"/>
       <c r="F271"/>
       <c r="H271" s="11"/>
       <c r="I271" s="14"/>
-      <c r="J271" s="14"/>
       <c r="K271" s="3"/>
       <c r="L271" s="3"/>
     </row>
     <row r="272" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E272"/>
       <c r="F272"/>
       <c r="H272" s="11"/>
       <c r="I272" s="14"/>
-      <c r="J272" s="14"/>
       <c r="K272" s="3"/>
       <c r="L272" s="3"/>
     </row>
     <row r="273" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E273"/>
       <c r="F273"/>
       <c r="H273" s="11"/>
       <c r="I273" s="14"/>
-      <c r="J273" s="14"/>
       <c r="K273" s="3"/>
       <c r="L273" s="3"/>
     </row>
     <row r="274" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E274"/>
       <c r="F274"/>
       <c r="H274" s="11"/>
       <c r="I274" s="14"/>
-      <c r="J274" s="14"/>
       <c r="K274" s="3"/>
       <c r="L274" s="3"/>
     </row>
     <row r="275" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E275"/>
       <c r="F275"/>
       <c r="H275" s="11"/>
       <c r="I275" s="14"/>
-      <c r="J275" s="14"/>
       <c r="K275" s="3"/>
       <c r="L275" s="3"/>
     </row>
     <row r="276" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E276"/>
       <c r="F276"/>
       <c r="H276" s="11"/>
       <c r="I276" s="14"/>
-      <c r="J276" s="14"/>
       <c r="K276" s="3"/>
       <c r="L276" s="3"/>
     </row>
     <row r="277" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E277"/>
       <c r="F277"/>
       <c r="H277" s="11"/>
       <c r="I277" s="14"/>
-      <c r="J277" s="14"/>
       <c r="K277" s="3"/>
       <c r="L277" s="3"/>
     </row>
     <row r="278" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E278"/>
       <c r="F278"/>
       <c r="H278" s="11"/>
       <c r="I278" s="14"/>
-      <c r="J278" s="14"/>
       <c r="K278" s="3"/>
       <c r="L278" s="3"/>
     </row>
     <row r="279" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E279"/>
       <c r="F279"/>
       <c r="H279" s="11"/>
       <c r="I279" s="14"/>
-      <c r="J279" s="14"/>
       <c r="K279" s="3"/>
       <c r="L279" s="3"/>
     </row>
     <row r="280" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E280"/>
       <c r="F280"/>
       <c r="H280" s="11"/>
       <c r="I280" s="14"/>
-      <c r="J280" s="14"/>
       <c r="K280" s="3"/>
       <c r="L280" s="3"/>
     </row>
     <row r="281" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E281"/>
       <c r="F281"/>
       <c r="H281" s="11"/>
       <c r="I281" s="14"/>
-      <c r="J281" s="14"/>
       <c r="K281" s="3"/>
       <c r="L281" s="3"/>
     </row>
     <row r="282" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E282"/>
       <c r="F282"/>
       <c r="H282" s="11"/>
       <c r="I282" s="14"/>
-      <c r="J282" s="14"/>
       <c r="K282" s="3"/>
       <c r="L282" s="3"/>
     </row>
     <row r="283" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E283"/>
       <c r="F283"/>
       <c r="H283" s="11"/>
       <c r="I283" s="14"/>
-      <c r="J283" s="14"/>
       <c r="K283" s="3"/>
       <c r="L283" s="3"/>
     </row>
     <row r="284" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E284"/>
       <c r="F284"/>
       <c r="H284" s="11"/>
       <c r="I284" s="14"/>
-      <c r="J284" s="14"/>
       <c r="K284" s="3"/>
       <c r="L284" s="3"/>
     </row>
     <row r="285" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E285"/>
       <c r="F285"/>
       <c r="H285" s="11"/>
       <c r="I285" s="14"/>
-      <c r="J285" s="14"/>
       <c r="K285" s="3"/>
       <c r="L285" s="3"/>
     </row>
     <row r="286" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E286"/>
       <c r="F286"/>
       <c r="H286" s="11"/>
       <c r="I286" s="14"/>
-      <c r="J286" s="14"/>
       <c r="K286" s="3"/>
       <c r="L286" s="3"/>
     </row>
     <row r="287" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E287"/>
       <c r="F287"/>
       <c r="H287" s="11"/>
       <c r="I287" s="14"/>
-      <c r="J287" s="14"/>
       <c r="K287" s="3"/>
       <c r="L287" s="3"/>
     </row>
     <row r="288" spans="5:12" ht="21" hidden="1" customHeight="1">
       <c r="E288"/>
       <c r="F288"/>
       <c r="H288" s="11"/>
       <c r="I288" s="14"/>
-      <c r="J288" s="14"/>
       <c r="K288" s="3"/>
       <c r="L288" s="3"/>
     </row>
-    <row r="289" spans="5:12" ht="21" hidden="1" customHeight="1">
-[...52 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:L251" xr:uid="{5092E5A9-BC18-4349-9F13-61C83E3D92BB}"/>
-[...1 lines deleted...]
-    <sortCondition ref="A3:A251"/>
+  <autoFilter ref="A2:L245" xr:uid="{5092E5A9-BC18-4349-9F13-61C83E3D92BB}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A169:J238">
+    <sortCondition ref="A3:A238"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98797A1F-4F97-403E-9CC0-ABBD79365E80}">
   <dimension ref="A1:H266"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D28" sqref="D28"/>
+      <selection pane="bottomLeft" activeCell="A3" sqref="A3:A131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
   <cols>
     <col min="1" max="2" width="67.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="109.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="109" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="57.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="47" style="13" customWidth="1"/>
     <col min="7" max="7" width="30.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="19.42578125" style="5" hidden="1" customWidth="1"/>
     <col min="9" max="16384" width="168.42578125" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="95.25" customHeight="1">
-      <c r="A1" s="30" t="s">
+      <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="30"/>
-[...5 lines deleted...]
-      <c r="H1" s="24"/>
+      <c r="B1" s="33"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
     </row>
     <row r="2" spans="1:8" s="2" customFormat="1" ht="15" customHeight="1">
-      <c r="A2" s="25" t="s">
-        <v>1</v>
+      <c r="A2" s="24" t="s">
+        <v>469</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>2</v>
+        <v>470</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="12" t="s">
-        <v>5</v>
+        <v>471</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>7</v>
+        <v>472</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
-      <c r="A3" s="18" t="s">
+      <c r="A3" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G3" s="19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A4" s="17" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E4" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" s="19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A5" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E5" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A6" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E6" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" s="1"/>
+    </row>
+    <row r="7" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A7" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E7" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F7" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G7" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H7" s="1"/>
+    </row>
+    <row r="8" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A8" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E8" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G8" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H8" s="1"/>
+    </row>
+    <row r="9" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A9" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="E9" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G9" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9" s="1"/>
+    </row>
+    <row r="10" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A10" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E10" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G10" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" s="1"/>
+    </row>
+    <row r="11" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A11" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E11" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G11" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" s="1"/>
+    </row>
+    <row r="12" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A12" s="17" t="s">
+        <v>159</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E12" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" s="1"/>
+    </row>
+    <row r="13" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A13" s="17" t="s">
+        <v>146</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G13" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H13" s="1"/>
+    </row>
+    <row r="14" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A14" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" s="1"/>
+    </row>
+    <row r="15" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A15" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" s="19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A16" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E16" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G16" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H16" s="1"/>
+    </row>
+    <row r="17" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A17" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E17" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G17" s="19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A18" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G18" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H18" s="1"/>
+    </row>
+    <row r="19" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A19" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E19" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G19" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H19" s="1"/>
+    </row>
+    <row r="20" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A20" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F20" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G20" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H20" s="1"/>
+    </row>
+    <row r="21" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A21" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F21" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G21" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H21" s="1"/>
+    </row>
+    <row r="22" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A22" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C22" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F22" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G22" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H22" s="1"/>
+    </row>
+    <row r="23" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A23" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F23" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G23" s="19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A24" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G24" s="19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A25" s="17" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" s="18" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F25" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="G25" s="19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A26" s="17" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F26" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="G26" s="19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A27" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E27" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F27" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G27" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H27" s="1"/>
+    </row>
+    <row r="28" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A28" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="E28" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F28" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G28" s="19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A29" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C29" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="E29" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="G29" s="19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A30" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="E30" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F30" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="G30" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H30" s="1"/>
+    </row>
+    <row r="31" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A31" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B31" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C31" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="E31" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31" s="19" t="s">
+        <v>164</v>
+      </c>
+      <c r="G31" s="19" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" s="3" customFormat="1" ht="14.45" customHeight="1">
+      <c r="A32" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E32" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="19" t="s">
+        <v>168</v>
+      </c>
+      <c r="G32" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32" s="1"/>
+    </row>
+    <row r="33" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A33" s="17" t="s">
+        <v>171</v>
+      </c>
+      <c r="B33" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C33" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="E33" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="19" t="s">
+        <v>168</v>
+      </c>
+      <c r="G33" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33" s="1"/>
+    </row>
+    <row r="34" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A34" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="19" t="s">
+      <c r="B34" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="19" t="s">
+      <c r="C34" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D34" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="20" t="s">
+      <c r="E34" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="F3" s="20" t="s">
+      <c r="F34" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="G3" s="20" t="s">
+      <c r="G34" s="19" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
-      <c r="A4" s="18" t="s">
+    <row r="35" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A35" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B35" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F35" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35" s="1"/>
+    </row>
+    <row r="36" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A36" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E36" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="F36" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36" s="1"/>
+    </row>
+    <row r="37" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A37" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B37" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C37" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E37" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F37" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" s="19" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A38" s="17" t="s">
+        <v>360</v>
+      </c>
+      <c r="B38" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C38" s="18" t="s">
+        <v>361</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E38" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="G38" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="1"/>
+    </row>
+    <row r="39" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A39" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C39" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E39" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F39" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="G39" s="19" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A40" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C40" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="D40" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="19" t="s">
+      <c r="E40" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="G40" s="19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A41" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B41" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="19" t="s">
-[...8 lines deleted...]
-      <c r="F4" s="20" t="s">
+      <c r="C41" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F41" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G41" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H41" s="1"/>
+    </row>
+    <row r="42" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A42" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="B42" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C42" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E42" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G42" s="19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A43" s="17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C43" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E43" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F43" s="19" t="s">
+        <v>128</v>
+      </c>
+      <c r="G43" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H43" s="1"/>
+    </row>
+    <row r="44" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A44" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C44" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E44" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F44" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G44" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H44" s="1"/>
+    </row>
+    <row r="45" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="A45" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C45" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E45" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F45" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G45" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H45" s="1"/>
+    </row>
+    <row r="46" spans="1:8" ht="15" customHeight="1">
+      <c r="A46" s="17" t="s">
+        <v>182</v>
+      </c>
+      <c r="B46" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E46" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F46" s="19" t="s">
+        <v>185</v>
+      </c>
+      <c r="G46" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46" s="1"/>
+    </row>
+    <row r="47" spans="1:8" ht="15" customHeight="1">
+      <c r="A47" s="17" t="s">
+        <v>186</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C47" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E47" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F47" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="G47" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H47" s="1"/>
+    </row>
+    <row r="48" spans="1:8" ht="15" customHeight="1">
+      <c r="A48" s="17" t="s">
+        <v>351</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="E48" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F48" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G48" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H48" s="3"/>
+    </row>
+    <row r="49" spans="1:8" ht="15" customHeight="1">
+      <c r="A49" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="B49" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C49" s="18"/>
+      <c r="E49" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G49" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H49" s="1"/>
+    </row>
+    <row r="50" spans="1:8" ht="15" customHeight="1">
+      <c r="A50" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B50" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C50" s="18" t="s">
+        <v>329</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E50" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F50" s="19" t="s">
+        <v>331</v>
+      </c>
+      <c r="G50" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H50" s="1"/>
+    </row>
+    <row r="51" spans="1:8" ht="15" customHeight="1">
+      <c r="A51" s="17" t="s">
+        <v>332</v>
+      </c>
+      <c r="B51" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C51" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E51" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F51" s="19" t="s">
+        <v>331</v>
+      </c>
+      <c r="G51" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H51" s="1"/>
+    </row>
+    <row r="52" spans="1:8" ht="15" customHeight="1">
+      <c r="A52" s="17" t="s">
+        <v>207</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C52" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E52" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="G52" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H52" s="1"/>
+    </row>
+    <row r="53" spans="1:8" ht="15" customHeight="1">
+      <c r="A53" s="17" t="s">
+        <v>230</v>
+      </c>
+      <c r="B53" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C53" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E53" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F53" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G53" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H53" s="1"/>
+    </row>
+    <row r="54" spans="1:8" ht="15" customHeight="1">
+      <c r="A54" s="17" t="s">
+        <v>239</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C54" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="E54" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F54" s="19" t="s">
+        <v>242</v>
+      </c>
+      <c r="G54" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H54" s="1"/>
+    </row>
+    <row r="55" spans="1:8" ht="15" customHeight="1">
+      <c r="A55" s="17" t="s">
+        <v>253</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C55" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E55" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="19" t="s">
+        <v>256</v>
+      </c>
+      <c r="G55" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H55" s="3"/>
+    </row>
+    <row r="56" spans="1:8" ht="15" customHeight="1">
+      <c r="A56" s="17" t="s">
+        <v>246</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C56" s="18" t="s">
+        <v>247</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="E56" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F56" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G56" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H56" s="1"/>
+    </row>
+    <row r="57" spans="1:8" ht="15" customHeight="1">
+      <c r="A57" s="17" t="s">
+        <v>257</v>
+      </c>
+      <c r="B57" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C57" s="18" t="s">
+        <v>258</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E57" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F57" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G57" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H57" s="1"/>
+    </row>
+    <row r="58" spans="1:8" ht="15" customHeight="1">
+      <c r="A58" s="17" t="s">
+        <v>261</v>
+      </c>
+      <c r="B58" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C58" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E58" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="19" t="s">
+        <v>264</v>
+      </c>
+      <c r="G58" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58" s="1"/>
+    </row>
+    <row r="59" spans="1:8" ht="15" customHeight="1">
+      <c r="A59" s="17" t="s">
+        <v>268</v>
+      </c>
+      <c r="B59" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C59" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="E59" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="19" t="s">
+        <v>264</v>
+      </c>
+      <c r="G59" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H59" s="1"/>
+    </row>
+    <row r="60" spans="1:8" ht="15" customHeight="1">
+      <c r="A60" s="17" t="s">
+        <v>271</v>
+      </c>
+      <c r="B60" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C60" s="18" t="s">
+        <v>272</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E60" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G60" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H60" s="3"/>
+    </row>
+    <row r="61" spans="1:8" ht="15" customHeight="1">
+      <c r="A61" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="B61" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C61" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="E61" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F61" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G61" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H61" s="3"/>
+    </row>
+    <row r="62" spans="1:8" ht="15" customHeight="1">
+      <c r="A62" s="17" t="s">
+        <v>338</v>
+      </c>
+      <c r="B62" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C62" s="18" t="s">
+        <v>339</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="E62" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F62" s="19" t="s">
+        <v>341</v>
+      </c>
+      <c r="G62" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H62" s="1"/>
+    </row>
+    <row r="63" spans="1:8" ht="15" customHeight="1">
+      <c r="A63" s="17" t="s">
+        <v>348</v>
+      </c>
+      <c r="B63" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C63" s="18" t="s">
+        <v>349</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="E63" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="F63" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G63" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H63" s="3"/>
+    </row>
+    <row r="64" spans="1:8" ht="15" customHeight="1">
+      <c r="A64" s="17" t="s">
+        <v>316</v>
+      </c>
+      <c r="B64" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C64" s="18" t="s">
+        <v>317</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E64" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F64" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G64" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H64" s="3"/>
+    </row>
+    <row r="65" spans="1:8" ht="15" customHeight="1">
+      <c r="A65" s="17" t="s">
+        <v>265</v>
+      </c>
+      <c r="B65" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C65" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="E65" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F65" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G65" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H65" s="3"/>
+    </row>
+    <row r="66" spans="1:8" ht="15" customHeight="1">
+      <c r="A66" s="17" t="s">
+        <v>300</v>
+      </c>
+      <c r="B66" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C66" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E66" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F66" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G66" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H66" s="1"/>
+    </row>
+    <row r="67" spans="1:8" ht="15" customHeight="1">
+      <c r="A67" s="17" t="s">
+        <v>233</v>
+      </c>
+      <c r="B67" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C67" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="E67" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G67" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H67" s="3"/>
+    </row>
+    <row r="68" spans="1:8" ht="15" customHeight="1">
+      <c r="A68" s="17" t="s">
+        <v>326</v>
+      </c>
+      <c r="B68" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C68" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="E68" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F68" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G68" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H68" s="3"/>
+    </row>
+    <row r="69" spans="1:8" ht="15" customHeight="1">
+      <c r="A69" s="17" t="s">
+        <v>277</v>
+      </c>
+      <c r="B69" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C69" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="E69" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F69" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G69" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H69" s="1"/>
+    </row>
+    <row r="70" spans="1:8" ht="15" customHeight="1">
+      <c r="A70" s="17" t="s">
+        <v>280</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C70" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="E70" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F70" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G70" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H70" s="1"/>
+    </row>
+    <row r="71" spans="1:8" ht="15" customHeight="1">
+      <c r="A71" s="17" t="s">
+        <v>320</v>
+      </c>
+      <c r="B71" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C71" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E71" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F71" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G71" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H71" s="1"/>
+    </row>
+    <row r="72" spans="1:8" ht="15" customHeight="1">
+      <c r="A72" s="17" t="s">
+        <v>323</v>
+      </c>
+      <c r="B72" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>324</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="E72" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G72" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H72" s="1"/>
+    </row>
+    <row r="73" spans="1:8" ht="15" customHeight="1">
+      <c r="A73" s="17" t="s">
+        <v>191</v>
+      </c>
+      <c r="B73" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="E73" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F73" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G73" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H73" s="1"/>
+    </row>
+    <row r="74" spans="1:8" ht="15" customHeight="1">
+      <c r="A74" s="17" t="s">
+        <v>196</v>
+      </c>
+      <c r="B74" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C74" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E74" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F74" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G74" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H74" s="1"/>
+    </row>
+    <row r="75" spans="1:8" ht="15" customHeight="1">
+      <c r="A75" s="17" t="s">
+        <v>200</v>
+      </c>
+      <c r="B75" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C75" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E75" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F75" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G75" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H75" s="1"/>
+    </row>
+    <row r="76" spans="1:8" ht="15" customHeight="1">
+      <c r="A76" s="17" t="s">
+        <v>235</v>
+      </c>
+      <c r="B76" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C76" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="E76" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="19" t="s">
+        <v>238</v>
+      </c>
+      <c r="G76" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H76" s="1"/>
+    </row>
+    <row r="77" spans="1:8" ht="15" customHeight="1">
+      <c r="A77" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="B77" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C77" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E77" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F77" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="G77" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H77" s="1"/>
+    </row>
+    <row r="78" spans="1:8" ht="15" customHeight="1">
+      <c r="A78" s="17" t="s">
+        <v>226</v>
+      </c>
+      <c r="B78" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C78" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E78" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F78" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="G78" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H78" s="1"/>
+    </row>
+    <row r="79" spans="1:8" ht="15" customHeight="1">
+      <c r="A79" s="17" t="s">
+        <v>218</v>
+      </c>
+      <c r="B79" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C79" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="E79" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F79" s="19" t="s">
+        <v>164</v>
+      </c>
+      <c r="G79" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H79" s="1"/>
+    </row>
+    <row r="80" spans="1:8" ht="15" customHeight="1">
+      <c r="A80" s="17" t="s">
+        <v>283</v>
+      </c>
+      <c r="B80" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C80" s="18" t="s">
+        <v>284</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F80" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="G4" s="20" t="s">
+      <c r="G80" s="19" t="s">
         <v>17</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E5" s="20" t="s">
+      <c r="H80" s="3"/>
+    </row>
+    <row r="81" spans="1:8" ht="15" customHeight="1">
+      <c r="A81" s="17" t="s">
+        <v>309</v>
+      </c>
+      <c r="B81" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C81" s="18" t="s">
+        <v>310</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="E81" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="F5" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="20" t="s">
+      <c r="F81" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H81" s="3"/>
+    </row>
+    <row r="82" spans="1:8" ht="15" customHeight="1">
+      <c r="A82" s="17" t="s">
+        <v>312</v>
+      </c>
+      <c r="B82" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C82" s="18" t="s">
+        <v>313</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E82" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F82" s="19" t="s">
+        <v>315</v>
+      </c>
+      <c r="G82" s="19" t="s">
         <v>17</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E6" s="20" t="s">
+      <c r="H82" s="1"/>
+    </row>
+    <row r="83" spans="1:8" ht="15" customHeight="1">
+      <c r="A83" s="17" t="s">
+        <v>335</v>
+      </c>
+      <c r="B83" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C83" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E83" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F83" s="19" t="s">
+        <v>315</v>
+      </c>
+      <c r="G83" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83" s="1"/>
+    </row>
+    <row r="84" spans="1:8" ht="15" customHeight="1">
+      <c r="A84" s="17" t="s">
+        <v>302</v>
+      </c>
+      <c r="B84" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C84" s="18" t="s">
+        <v>303</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E84" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="G84" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84" s="1"/>
+    </row>
+    <row r="85" spans="1:8" ht="15" customHeight="1">
+      <c r="A85" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="B85" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C85" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E85" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F85" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="G85" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H85" s="1"/>
+    </row>
+    <row r="86" spans="1:8" ht="15" customHeight="1">
+      <c r="A86" s="17" t="s">
+        <v>345</v>
+      </c>
+      <c r="B86" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C86" s="18" t="s">
+        <v>346</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="E86" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="F6" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="20" t="s">
+      <c r="F86" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="G86" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H86" s="3"/>
+    </row>
+    <row r="87" spans="1:8" ht="15" customHeight="1">
+      <c r="A87" s="17" t="s">
+        <v>291</v>
+      </c>
+      <c r="B87" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C87" s="18" t="s">
+        <v>292</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="E87" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F87" s="19" t="s">
+        <v>294</v>
+      </c>
+      <c r="G87" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H87" s="3"/>
+    </row>
+    <row r="88" spans="1:8" ht="15" customHeight="1">
+      <c r="A88" s="17" t="s">
+        <v>243</v>
+      </c>
+      <c r="B88" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C88" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="E88" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G88" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H88" s="1"/>
+    </row>
+    <row r="89" spans="1:8" ht="15" customHeight="1">
+      <c r="A89" s="17" t="s">
+        <v>295</v>
+      </c>
+      <c r="B89" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C89" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="E89" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G89" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H89" s="1"/>
+    </row>
+    <row r="90" spans="1:8" ht="15" customHeight="1">
+      <c r="A90" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="B90" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C90" s="18" t="s">
+        <v>250</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="E90" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F90" s="19" t="s">
+        <v>252</v>
+      </c>
+      <c r="G90" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H90" s="3"/>
+    </row>
+    <row r="91" spans="1:8" ht="15" customHeight="1">
+      <c r="A91" s="17" t="s">
+        <v>297</v>
+      </c>
+      <c r="B91" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C91" s="18" t="s">
+        <v>298</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="E91" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F91" s="19" t="s">
+        <v>252</v>
+      </c>
+      <c r="G91" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H91" s="1"/>
+    </row>
+    <row r="92" spans="1:8" ht="15" customHeight="1">
+      <c r="A92" s="17" t="s">
+        <v>342</v>
+      </c>
+      <c r="B92" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C92" s="18" t="s">
+        <v>343</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="E92" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F92" s="19" t="s">
+        <v>252</v>
+      </c>
+      <c r="G92" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H92" s="1"/>
+    </row>
+    <row r="93" spans="1:8" ht="15" customHeight="1">
+      <c r="A93" s="17" t="s">
+        <v>221</v>
+      </c>
+      <c r="B93" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C93" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E93" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F93" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G93" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H93" s="1"/>
+    </row>
+    <row r="94" spans="1:8" ht="15" customHeight="1">
+      <c r="A94" s="17" t="s">
+        <v>223</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C94" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="E94" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F94" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G94" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H94" s="1"/>
+    </row>
+    <row r="95" spans="1:8" ht="15" customHeight="1">
+      <c r="A95" s="17" t="s">
+        <v>285</v>
+      </c>
+      <c r="B95" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C95" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="E95" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F95" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G95" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H95" s="3"/>
+    </row>
+    <row r="96" spans="1:8" ht="15" customHeight="1">
+      <c r="A96" s="17" t="s">
+        <v>288</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C96" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E96" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F96" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="G96" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H96" s="1"/>
+    </row>
+    <row r="97" spans="1:8" ht="15" customHeight="1">
+      <c r="A97" s="17" t="s">
+        <v>274</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C97" s="18" t="s">
+        <v>275</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="E97" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F97" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="G97" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H97" s="1"/>
+    </row>
+    <row r="98" spans="1:8" ht="15" customHeight="1">
+      <c r="A98" s="17" t="s">
+        <v>363</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C98" s="18" t="s">
+        <v>364</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="E98" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F98" s="19" t="s">
+        <v>366</v>
+      </c>
+      <c r="G98" s="19" t="s">
         <v>17</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D7" s="3" t="s">
+      <c r="H98" s="3"/>
+    </row>
+    <row r="99" spans="1:8" ht="15" customHeight="1">
+      <c r="A99" s="17" t="s">
+        <v>367</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C99" s="18" t="s">
+        <v>368</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="E99" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="19" t="s">
+        <v>366</v>
+      </c>
+      <c r="G99" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H99" s="1"/>
+    </row>
+    <row r="100" spans="1:8" ht="15" customHeight="1">
+      <c r="A100" s="17" t="s">
+        <v>370</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="E100" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F100" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G100" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H100" s="3"/>
+    </row>
+    <row r="101" spans="1:8" ht="15" customHeight="1">
+      <c r="A101" s="17" t="s">
+        <v>374</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C101" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="E101" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F101" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G101" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H101" s="3"/>
+    </row>
+    <row r="102" spans="1:8" ht="15" customHeight="1">
+      <c r="A102" s="17" t="s">
+        <v>379</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C102" s="18" t="s">
+        <v>380</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="E102" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="G102" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H102" s="3"/>
+    </row>
+    <row r="103" spans="1:8" ht="15" customHeight="1">
+      <c r="A103" s="17" t="s">
+        <v>382</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C103" s="18" t="s">
+        <v>383</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E103" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="19" t="s">
+        <v>385</v>
+      </c>
+      <c r="G103" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H103" s="1"/>
+    </row>
+    <row r="104" spans="1:8" ht="15" customHeight="1">
+      <c r="A104" s="17" t="s">
+        <v>386</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C104" s="18" t="s">
+        <v>387</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E104" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F104" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G104" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H104" s="1"/>
+    </row>
+    <row r="105" spans="1:8" ht="15" customHeight="1">
+      <c r="A105" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C105" s="18" t="s">
+        <v>390</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E105" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="19" t="s">
+        <v>264</v>
+      </c>
+      <c r="G105" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H105" s="1"/>
+    </row>
+    <row r="106" spans="1:8" ht="15" customHeight="1">
+      <c r="A106" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="B106" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C106" s="18" t="s">
+        <v>393</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="E106" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F106" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G106" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H106" s="1"/>
+    </row>
+    <row r="107" spans="1:8" ht="15" customHeight="1">
+      <c r="A107" s="17" t="s">
+        <v>395</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>396</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="E107" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G107" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H107" s="1"/>
+    </row>
+    <row r="108" spans="1:8" ht="15" customHeight="1">
+      <c r="A108" s="17" t="s">
+        <v>398</v>
+      </c>
+      <c r="B108" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C108" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="E108" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F108" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G108" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H108" s="1"/>
+    </row>
+    <row r="109" spans="1:8" ht="15" customHeight="1">
+      <c r="A109" s="17" t="s">
+        <v>400</v>
+      </c>
+      <c r="B109" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C109" s="18" t="s">
+        <v>401</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E109" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G109" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H109" s="1"/>
+    </row>
+    <row r="110" spans="1:8" ht="15" customHeight="1">
+      <c r="A110" s="17" t="s">
+        <v>404</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>405</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="E110" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F110" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G110" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H110" s="1"/>
+    </row>
+    <row r="111" spans="1:8" ht="15" customHeight="1">
+      <c r="A111" s="17" t="s">
+        <v>407</v>
+      </c>
+      <c r="B111" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C111" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="E111" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F111" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G111" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H111" s="1"/>
+    </row>
+    <row r="112" spans="1:8" ht="15" customHeight="1">
+      <c r="A112" s="17" t="s">
+        <v>410</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C112" s="18" t="s">
+        <v>411</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="E112" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F112" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G112" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H112" s="3"/>
+    </row>
+    <row r="113" spans="1:8" ht="15" customHeight="1">
+      <c r="A113" s="17" t="s">
+        <v>358</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C113" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E113" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F113" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G113" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H113" s="3"/>
+    </row>
+    <row r="114" spans="1:8" ht="15" customHeight="1">
+      <c r="A114" s="17" t="s">
+        <v>413</v>
+      </c>
+      <c r="B114" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C114" s="18" t="s">
+        <v>414</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E114" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F114" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G114" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H114" s="1"/>
+    </row>
+    <row r="115" spans="1:8" ht="15" customHeight="1">
+      <c r="A115" s="17" t="s">
+        <v>416</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C115" s="18" t="s">
+        <v>417</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="E115" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F115" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G115" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H115" s="1"/>
+    </row>
+    <row r="116" spans="1:8" ht="15" customHeight="1">
+      <c r="A116" s="17" t="s">
+        <v>419</v>
+      </c>
+      <c r="B116" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C116" s="18" t="s">
+        <v>420</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="E116" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F116" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G116" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H116" s="3"/>
+    </row>
+    <row r="117" spans="1:8" ht="15" customHeight="1">
+      <c r="A117" s="17" t="s">
+        <v>422</v>
+      </c>
+      <c r="B117" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C117" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="E117" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F117" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="G117" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H117" s="3"/>
+    </row>
+    <row r="118" spans="1:8" ht="15" customHeight="1">
+      <c r="A118" s="17" t="s">
+        <v>424</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C118" s="18" t="s">
+        <v>425</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="E118" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="19" t="s">
+        <v>427</v>
+      </c>
+      <c r="G118" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H118" s="3"/>
+    </row>
+    <row r="119" spans="1:8" ht="15" customHeight="1">
+      <c r="A119" s="17" t="s">
+        <v>428</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C119" s="18" t="s">
+        <v>429</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="E119" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="19" t="s">
+        <v>431</v>
+      </c>
+      <c r="G119" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H119" s="1"/>
+    </row>
+    <row r="120" spans="1:8" ht="15" customHeight="1">
+      <c r="A120" s="17" t="s">
+        <v>433</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C120" s="18" t="s">
+        <v>434</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="E120" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F120" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="G120" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="H120" s="3"/>
+    </row>
+    <row r="121" spans="1:8" ht="15" customHeight="1">
+      <c r="A121" s="17" t="s">
+        <v>436</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C121" s="18" t="s">
+        <v>437</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E121" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F121" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G121" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H121" s="1"/>
+    </row>
+    <row r="122" spans="1:8" ht="15" customHeight="1">
+      <c r="A122" s="17" t="s">
+        <v>439</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C122" s="18" t="s">
+        <v>440</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E122" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F122" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="G122" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H122" s="1"/>
+    </row>
+    <row r="123" spans="1:8" ht="15" customHeight="1">
+      <c r="A123" s="17" t="s">
+        <v>442</v>
+      </c>
+      <c r="B123" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C123" s="18" t="s">
+        <v>443</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="E123" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F123" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="G123" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="F7" s="20" t="s">
-[...65 lines deleted...]
-      <c r="E10" s="20" t="s">
+      <c r="H123" s="1"/>
+    </row>
+    <row r="124" spans="1:8" ht="15" customHeight="1">
+      <c r="A124" s="17" t="s">
+        <v>445</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C124" s="18" t="s">
+        <v>446</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E124" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="F10" s="20" t="s">
-[...7 lines deleted...]
-      <c r="A11" s="18" t="s">
+      <c r="F124" s="19" t="s">
+        <v>315</v>
+      </c>
+      <c r="G124" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H124" s="1"/>
+    </row>
+    <row r="125" spans="1:8" ht="15" customHeight="1">
+      <c r="A125" s="17" t="s">
+        <v>449</v>
+      </c>
+      <c r="B125" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C125" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E125" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F125" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="G125" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H125" s="1"/>
+    </row>
+    <row r="126" spans="1:8" ht="15" customHeight="1">
+      <c r="A126" s="17" t="s">
+        <v>452</v>
+      </c>
+      <c r="B126" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C126" s="18" t="s">
+        <v>453</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="E126" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="19" t="s">
+        <v>294</v>
+      </c>
+      <c r="G126" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H126" s="3"/>
+    </row>
+    <row r="127" spans="1:8" ht="15" customHeight="1">
+      <c r="A127" s="17" t="s">
+        <v>455</v>
+      </c>
+      <c r="B127" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C127" s="18" t="s">
+        <v>456</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="E127" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F127" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G127" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="B11" s="19" t="s">
-[...31 lines deleted...]
-      <c r="E12" s="20" t="s">
+      <c r="H127" s="1"/>
+    </row>
+    <row r="128" spans="1:8" ht="15" customHeight="1">
+      <c r="A128" s="17" t="s">
+        <v>458</v>
+      </c>
+      <c r="B128" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C128" s="18" t="s">
+        <v>459</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="E128" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F128" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G128" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H128" s="1"/>
+    </row>
+    <row r="129" spans="1:8" ht="15" customHeight="1">
+      <c r="A129" s="17" t="s">
+        <v>354</v>
+      </c>
+      <c r="B129" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C129" s="18" t="s">
+        <v>356</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="E129" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="F12" s="20" t="s">
-[...19 lines deleted...]
-      <c r="E13" s="20" t="s">
+      <c r="F129" s="19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G129" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H129" s="1"/>
+    </row>
+    <row r="130" spans="1:8" ht="15" customHeight="1">
+      <c r="A130" s="17" t="s">
+        <v>462</v>
+      </c>
+      <c r="B130" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C130" s="18" t="s">
+        <v>463</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="E130" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="F13" s="20" t="s">
-[...39 lines deleted...]
-      <c r="D15" s="3" t="s">
+      <c r="F130" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="G130" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="E15" s="20" t="s">
-[...88 lines deleted...]
-      <c r="D19" s="3" t="s">
+      <c r="H130" s="1"/>
+    </row>
+    <row r="131" spans="1:8" ht="15" customHeight="1">
+      <c r="A131" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="E131" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="E19" s="20" t="s">
-[...16 lines deleted...]
-      <c r="C20" s="19" t="s">
+      <c r="F131" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="G131" s="5" t="s">
         <v>83</v>
-      </c>
-[...2648 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H131" s="1"/>
     </row>
     <row r="132" spans="1:8" ht="15" hidden="1" customHeight="1">
       <c r="E132" s="13"/>
       <c r="F132" s="5"/>
       <c r="H132" s="1"/>
     </row>
     <row r="133" spans="1:8" ht="15" hidden="1" customHeight="1">
       <c r="E133" s="13"/>
       <c r="F133" s="5"/>
       <c r="H133" s="1"/>
     </row>
     <row r="134" spans="1:8" ht="15" hidden="1" customHeight="1">
       <c r="E134" s="13"/>
       <c r="F134" s="5"/>
       <c r="H134" s="1"/>
     </row>
     <row r="135" spans="1:8" ht="15" hidden="1" customHeight="1">
       <c r="E135" s="13"/>
       <c r="F135" s="5"/>
       <c r="H135" s="1"/>
     </row>
     <row r="136" spans="1:8" ht="15" hidden="1" customHeight="1">
       <c r="E136" s="13"/>
@@ -14555,222 +14147,258 @@
     <row r="261" spans="5:8" ht="15" hidden="1" customHeight="1">
       <c r="E261" s="13"/>
       <c r="F261" s="5"/>
       <c r="H261" s="1"/>
     </row>
     <row r="262" spans="5:8" ht="15" hidden="1" customHeight="1">
       <c r="E262" s="13"/>
       <c r="F262" s="5"/>
       <c r="H262" s="1"/>
     </row>
     <row r="263" spans="5:8" ht="15" hidden="1" customHeight="1">
       <c r="E263" s="13"/>
       <c r="F263" s="5"/>
       <c r="H263" s="1"/>
     </row>
     <row r="264" spans="5:8" ht="15" hidden="1" customHeight="1">
       <c r="E264" s="13"/>
       <c r="F264" s="5"/>
       <c r="H264" s="1"/>
     </row>
     <row r="265" spans="5:8" ht="15" hidden="1" customHeight="1">
       <c r="E265" s="13"/>
       <c r="F265" s="5"/>
       <c r="H265" s="1"/>
     </row>
-    <row r="266" spans="5:8" ht="15" hidden="1" customHeight="1">
-[...3 lines deleted...]
-    </row>
+    <row r="266" spans="5:8" ht="15" customHeight="1"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
-  <autoFilter ref="A2:H46" xr:uid="{00000000-0001-0000-0200-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition ref="A3:A131"/>
+  <autoFilter ref="A2:H131" xr:uid="{00000000-0001-0000-0200-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:G130">
+    <sortCondition ref="A3:A130"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A0DC6A5-6924-4DDE-8BD0-7CEB40A0FB61}">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.5703125" customWidth="1"/>
     <col min="2" max="2" width="54.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18">
-      <c r="A1" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="31"/>
+      <c r="A1" s="34" t="s">
+        <v>473</v>
+      </c>
+      <c r="B1" s="34"/>
     </row>
     <row r="2" spans="1:2" ht="30.75">
       <c r="A2" s="13" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
     </row>
     <row r="3" spans="1:2" ht="15.75">
       <c r="A3" s="13" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="B3" s="13" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="18">
-      <c r="A4" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="32"/>
+      <c r="A4" s="35" t="s">
+        <v>478</v>
+      </c>
+      <c r="B4" s="35"/>
     </row>
     <row r="5" spans="1:2" ht="30.75">
       <c r="A5" s="13" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="B5" s="13" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B6E40F1201D4E147B4ADB3564DB2DBB6" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4a9b030d47b093d7354d5ccf8f7aa134">
-[...1 lines deleted...]
-    <xsd:import namespace="5cecd57f-0617-4c59-b8b2-8b4184d3c17d"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5906f49a-7fb3-4e7a-a92c-4050ada72103" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1325bbed-0c21-4f1d-b402-782021379086">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010068CEFA5943E34C4CA14697DD691E5B21" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="450e51c165a42566e3dc63329cb320b1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1325bbed-0c21-4f1d-b402-782021379086" xmlns:ns3="5906f49a-7fb3-4e7a-a92c-4050ada72103" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="034b4238f9927febb50270882f8f6601" ns2:_="" ns3:_="">
+    <xsd:import namespace="1325bbed-0c21-4f1d-b402-782021379086"/>
+    <xsd:import namespace="5906f49a-7fb3-4e7a-a92c-4050ada72103"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:Workstream" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:OpenorCompleted_x002f_Closed" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5cecd57f-0617-4c59-b8b2-8b4184d3c17d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1325bbed-0c21-4f1d-b402-782021379086" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Workstream" ma:index="12" nillable="true" ma:displayName="Workstream" ma:format="Dropdown" ma:indexed="true" ma:internalName="Workstream">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="96261d05-e501-45f7-9370-2ec59333d0d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...5 lines deleted...]
-          <xsd:enumeration value="Reporting"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceBillingMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OpenorCompleted_x002f_Closed" ma:index="14" nillable="true" ma:displayName="Open or Completed/Closed" ma:default="Open" ma:format="Dropdown" ma:internalName="OpenorCompleted_x002f_Closed">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...2 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5906f49a-7fb3-4e7a-a92c-4050ada72103" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8c36c736-15fa-422c-9e27-8fbbf670bb8c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5906f49a-7fb3-4e7a-a92c-4050ada72103">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -14828,82 +14456,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79EB56AD-01D9-4ACD-BF1E-E16473135988}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4023975F-F2FF-4AE4-A453-D5DB2372C324}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{923D73F6-5545-4B18-813D-C91899513C2F}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{923D73F6-5545-4B18-813D-C91899513C2F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2821FAEA-41B7-4E1D-9E1D-ED85BED8CFA8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>Department of Health Care Services</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Le, Steven@DHCS</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100B6E40F1201D4E147B4ADB3564DB2DBB6</vt:lpwstr>
+    <vt:lpwstr>0x01010068CEFA5943E34C4CA14697DD691E5B21</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>