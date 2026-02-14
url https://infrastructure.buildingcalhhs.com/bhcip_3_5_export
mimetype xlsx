--- v1 (2026-01-09)
+++ v2 (2026-02-14)
@@ -1,14395 +1,12499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29704"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29721"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ahpnet.sharepoint.com/sites/BCDEProjectTeam/Shared Documents/3. Data Management - Gabrielle/Website Excel Files/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ahpnet-my.sharepoint.com/personal/kshaw_ahpnet_com/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BB709649-E323-41CD-B086-B74B16E624F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A112CB4D-14D8-4CB4-AF18-271B9B687FEF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-90" windowWidth="29040" windowHeight="15720" xr2:uid="{E34350E5-A6E3-4834-B32A-1759B21FAC64}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Rounds 3, 4, 5 Facilities" sheetId="3" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="General Information" sheetId="8" r:id="rId3"/>
+    <sheet name="Rounds 3. 4. 5 Facilities" sheetId="2" r:id="rId1"/>
+    <sheet name="Rounds 3, 4, 5 Sponsors" sheetId="3" r:id="rId2"/>
+    <sheet name="General Information" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$L$245</definedName>
-[...33 lines deleted...]
-    <definedName name="Z_F92049FF_4F33_4D2C_8BF0_3C9CB5DD5D69_.wvu.FilterData" localSheetId="0" hidden="1">'Rounds 3, 4, 5 Facilities'!$A$2:$D$51</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Rounds 3, 4, 5 Sponsors'!$A$2:$G$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Rounds 3. 4. 5 Facilities'!$A$2:$J$236</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2816" uniqueCount="481">
-[...1 lines deleted...]
-    <t>Data point in time as of January 5, 2026. Data reports are subject to change.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2792" uniqueCount="470">
+  <si>
+    <t>Data point in time as of January 27, 2026. Data reports are subject to change.</t>
   </si>
   <si>
     <t>DHCS Contract ID</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>Entity Name</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Sponsor Type</t>
   </si>
   <si>
     <t>Project County</t>
   </si>
   <si>
     <t>Project Region</t>
   </si>
   <si>
     <t>Facility Type</t>
   </si>
   <si>
     <t>Beds</t>
   </si>
   <si>
-    <t>Projected Individuals Served Annually In an Outpatient Setting</t>
+    <t>Slots</t>
+  </si>
+  <si>
+    <t>R3-22-0101</t>
+  </si>
+  <si>
+    <t>Round 3: Launch Ready</t>
+  </si>
+  <si>
+    <t>Seneca Family of Agencies</t>
+  </si>
+  <si>
+    <t>Seneca B3_2028</t>
+  </si>
+  <si>
+    <t>Nonprofit Corporation</t>
+  </si>
+  <si>
+    <t>Alameda</t>
+  </si>
+  <si>
+    <t>Bay Area</t>
+  </si>
+  <si>
+    <t>Partial Hospitalization Program</t>
+  </si>
+  <si>
+    <t>R3-22-0102</t>
+  </si>
+  <si>
+    <t>Telecare Corporation</t>
+  </si>
+  <si>
+    <t>Improving Alameda County's Behavioral Health Infrastructure Project</t>
+  </si>
+  <si>
+    <t>For-Profit Corporation</t>
+  </si>
+  <si>
+    <t>Social Rehabilitation Facility</t>
+  </si>
+  <si>
+    <t>R3-22-0103</t>
+  </si>
+  <si>
+    <t>The Alliance for Community Wellness</t>
+  </si>
+  <si>
+    <t>La Familia - Crisis Center</t>
+  </si>
+  <si>
+    <t>Crisis Stabilization Unit</t>
+  </si>
+  <si>
+    <t>R3-22-0104</t>
+  </si>
+  <si>
+    <t>La Familia-TAY Wellness Campus</t>
+  </si>
+  <si>
+    <t>Office-Based Opioid Treatment</t>
+  </si>
+  <si>
+    <t>R3-22-0901</t>
+  </si>
+  <si>
+    <t>Native Directions, Inc &amp; HomeCA, Inc</t>
+  </si>
+  <si>
+    <t>Tribal Community Wellness Center for SUD</t>
+  </si>
+  <si>
+    <t>Tribal Entity</t>
+  </si>
+  <si>
+    <t>El Dorado</t>
+  </si>
+  <si>
+    <t>Tribal</t>
+  </si>
+  <si>
+    <t>Community Wellness Center</t>
+  </si>
+  <si>
+    <t>R3-22-1201</t>
+  </si>
+  <si>
+    <t>K'ima:w Medical Center</t>
+  </si>
+  <si>
+    <t>K'ima:w Medical Center Behavioral Health Building Project</t>
+  </si>
+  <si>
+    <t>Humboldt</t>
+  </si>
+  <si>
+    <t>Intensive Outpatient Treatment</t>
+  </si>
+  <si>
+    <t>Mental Health Outpatient Treatment</t>
+  </si>
+  <si>
+    <t>R3-22-1501</t>
+  </si>
+  <si>
+    <t>Good Samaritan Hospital, LP</t>
+  </si>
+  <si>
+    <t>Weedpatch Integrated Wellness Center</t>
+  </si>
+  <si>
+    <t>Kern</t>
+  </si>
+  <si>
+    <t>San Joaquin Valley</t>
+  </si>
+  <si>
+    <t>R3-22-1502</t>
+  </si>
+  <si>
+    <t>Dolores C. Huerta Foundation</t>
+  </si>
+  <si>
+    <t>DHF Kern County Community Wellness Center</t>
+  </si>
+  <si>
+    <t>R3-22-1901</t>
+  </si>
+  <si>
+    <t>LA Downtown Medical Center, LLC</t>
+  </si>
+  <si>
+    <t>Behavioral Health Expansion</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>General Acute Care Hospital</t>
+  </si>
+  <si>
+    <t>R3-22-1902</t>
+  </si>
+  <si>
+    <t>Los Angeles Centers for Alcohol and Drug Abuse</t>
+  </si>
+  <si>
+    <t>Altadena Project</t>
+  </si>
+  <si>
+    <t>Adult Residential Treatment Facility for SUD</t>
+  </si>
+  <si>
+    <t>R3-22-1903</t>
+  </si>
+  <si>
+    <t>Via Care Community Health Center</t>
+  </si>
+  <si>
+    <t>Cesar Chavez Wellness Community Center</t>
+  </si>
+  <si>
+    <t>R3-22-1904</t>
+  </si>
+  <si>
+    <t>Tarzana Treatment Centers, Inc</t>
+  </si>
+  <si>
+    <t>DHCS BHCIP Project</t>
+  </si>
+  <si>
+    <t>Recovery Residence/Sober Living Home</t>
+  </si>
+  <si>
+    <t>R3-22-1905</t>
+  </si>
+  <si>
+    <t>CRI-Help, Inc.</t>
+  </si>
+  <si>
+    <t>DHCS Licensed Integral Facility for Low Income and / or Minority Women with SUDS in the San Fernando Valley</t>
+  </si>
+  <si>
+    <t>R3-22-1906</t>
+  </si>
+  <si>
+    <t>Los Angeles County</t>
+  </si>
+  <si>
+    <t>LAC + USC Adult &amp; Adolescent Acute Inpatient Psych</t>
+  </si>
+  <si>
+    <t>County</t>
+  </si>
+  <si>
+    <t>Acute Psychiatric Hospital</t>
+  </si>
+  <si>
+    <t>R3-22-1907</t>
+  </si>
+  <si>
+    <t>Phoenix House of California, Inc.</t>
+  </si>
+  <si>
+    <t>LVT Expansion - Lake View Terrace</t>
+  </si>
+  <si>
+    <t>R3-22-1908</t>
+  </si>
+  <si>
+    <t>Lynwood Project</t>
+  </si>
+  <si>
+    <t>R3-22-1909</t>
+  </si>
+  <si>
+    <t>MLK Jacqueline Avant Children and Family Center Pediatric Outpatient Center and CSU</t>
+  </si>
+  <si>
+    <t>R3-22-1910</t>
+  </si>
+  <si>
+    <t>Paving the Way Foundation</t>
+  </si>
+  <si>
+    <t>Paving the Way for our Community</t>
+  </si>
+  <si>
+    <t>R3-22-1911</t>
+  </si>
+  <si>
+    <t>Epidaurus</t>
+  </si>
+  <si>
+    <t>Renovation and Expansion of Amistad de Los Angeles</t>
+  </si>
+  <si>
+    <t>R3-22-1912</t>
+  </si>
+  <si>
+    <t>The Teen Project, Inc.</t>
+  </si>
+  <si>
+    <t>Sylvan Project</t>
+  </si>
+  <si>
+    <t>R3-22-1913</t>
+  </si>
+  <si>
+    <t>JWCH Institute, Inc.</t>
+  </si>
+  <si>
+    <t>Wesley Behavioral Health and Wellness Center</t>
+  </si>
+  <si>
+    <t>R3-22-1915</t>
+  </si>
+  <si>
+    <t>LA County</t>
+  </si>
+  <si>
+    <t>LAC+USC Mental Health Rehabilitation Center</t>
+  </si>
+  <si>
+    <t>Mental Health Rehabilitation Center</t>
+  </si>
+  <si>
+    <t>R3-22-2301</t>
+  </si>
+  <si>
+    <t>Redwood Quality Management Company, Inc.</t>
+  </si>
+  <si>
+    <t>Anchor Rehabilitation Center</t>
+  </si>
+  <si>
+    <t>Mendocino</t>
+  </si>
+  <si>
+    <t>Balance of State</t>
+  </si>
+  <si>
+    <t>R3-22-2302</t>
+  </si>
+  <si>
+    <t>Ford Street Project</t>
+  </si>
+  <si>
+    <t>Ukiah Recovery Center Expansion Project</t>
+  </si>
+  <si>
+    <t>R3-22-2701</t>
+  </si>
+  <si>
+    <t>Seneca B3_2027</t>
+  </si>
+  <si>
+    <t>Monterey</t>
+  </si>
+  <si>
+    <t>Central Coast</t>
+  </si>
+  <si>
+    <t>Children's Crisis Residential Program</t>
+  </si>
+  <si>
+    <t>R3-22-2702</t>
+  </si>
+  <si>
+    <t>Children's Crisis Residential Program - Monterey County Marina Property</t>
+  </si>
+  <si>
+    <t>R3-22-2901</t>
+  </si>
+  <si>
+    <t>County of Nevada</t>
+  </si>
+  <si>
+    <t>Sutton Way Wellness Center</t>
+  </si>
+  <si>
+    <t>Nevada</t>
+  </si>
+  <si>
+    <t>R3-22-2902</t>
+  </si>
+  <si>
+    <t>Tahoe Forest Hospital District</t>
+  </si>
+  <si>
+    <t>Tahoe Forest Hospital District Medical Office Building Renovation</t>
+  </si>
+  <si>
+    <t>Hospital Based Outpatient Treatment</t>
+  </si>
+  <si>
+    <t>R3-22-3001</t>
+  </si>
+  <si>
+    <t>OC Health Care Agency (HCA)</t>
+  </si>
+  <si>
+    <t>Be Well Irvine</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>Southern California</t>
+  </si>
+  <si>
+    <t>Sobering Center (Funded by Community Supports)</t>
+  </si>
+  <si>
+    <t>R3-22-3101</t>
+  </si>
+  <si>
+    <t>County of Placer - Mid Placer</t>
+  </si>
+  <si>
+    <t>Behavioral Health Respite Mid Placer</t>
+  </si>
+  <si>
+    <t>Placer</t>
+  </si>
+  <si>
+    <t>Sacramento Area</t>
+  </si>
+  <si>
+    <t>Peer Respite</t>
+  </si>
+  <si>
+    <t>Psychiatric Health Facility</t>
+  </si>
+  <si>
+    <t>R3-22-3102</t>
+  </si>
+  <si>
+    <t>County of Placer</t>
+  </si>
+  <si>
+    <t>The Adult Behavioral Health Respite Center</t>
   </si>
   <si>
     <t>R3-22-3301</t>
   </si>
   <si>
-    <t>Round 3: Launch Ready</t>
-[...1 lines deleted...]
-  <si>
     <t>County of Riverside</t>
   </si>
   <si>
     <t>Wellness Village</t>
   </si>
   <si>
-    <t>County</t>
-[...1 lines deleted...]
-  <si>
     <t>Riverside</t>
   </si>
   <si>
-    <t>Southern California</t>
-[...19 lines deleted...]
-  <si>
     <t>R3-22-3302</t>
   </si>
   <si>
     <t>A.B.C. Recovery Center, Inc.</t>
   </si>
   <si>
     <t>Substance-Use and Mental Health Expansion Indio California</t>
   </si>
   <si>
-    <t>Nonprofit Corporation</t>
-[...4 lines deleted...]
-  <si>
     <t>R3-22-3401</t>
   </si>
   <si>
     <t>City of Rancho Cordova</t>
   </si>
   <si>
     <t>Community Wellness and Behavioral Health Center</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Sacramento</t>
   </si>
   <si>
-    <t>Sacramento Area</t>
-[...4 lines deleted...]
-  <si>
     <t>R3-22-3402</t>
   </si>
   <si>
     <t>County of Sacramento, Department of Health Services, Behavioral Health Services</t>
   </si>
   <si>
     <t>MHRC</t>
   </si>
   <si>
-    <t>R3-22-0101</t>
-[...38 lines deleted...]
-    <t>Central Coast</t>
+    <t>R3-22-3701</t>
+  </si>
+  <si>
+    <t>Round 5: Crisis and Behavioral Health Continuum</t>
+  </si>
+  <si>
+    <t>County of San Diego</t>
+  </si>
+  <si>
+    <t>Edgemoor Acute Psychiatric Hospital</t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>R3-22-3702</t>
+  </si>
+  <si>
+    <t>San Diego Freedom Ranch, Inc.</t>
+  </si>
+  <si>
+    <t>SDFR Expansion Project</t>
+  </si>
+  <si>
+    <t>R3-22-3801</t>
+  </si>
+  <si>
+    <t>City and County of San Francisco</t>
+  </si>
+  <si>
+    <t>San Francisco</t>
   </si>
   <si>
     <t>R3-22-4201</t>
   </si>
   <si>
     <t>Sanctuary Centers of Santa Barbara, Inc.</t>
   </si>
   <si>
     <t>BHCIP Hollister II</t>
   </si>
   <si>
     <t>Santa Barbara</t>
   </si>
   <si>
     <t>Outpatient SUD Treatment</t>
   </si>
   <si>
     <t>R3-22-4301</t>
   </si>
   <si>
     <t>County of Santa Clara</t>
   </si>
   <si>
     <t>Santa Clara County Child and Adolescent Psychiatric Facility/Behavioral Health</t>
   </si>
   <si>
     <t>Santa Clara</t>
   </si>
   <si>
-    <t>General Acute Care Hospital</t>
-[...11 lines deleted...]
-    <t>Los Angeles</t>
+    <t>R3-22-4801</t>
+  </si>
+  <si>
+    <t>Archway Recovery Services</t>
+  </si>
+  <si>
+    <t>ARS Expansion</t>
+  </si>
+  <si>
+    <t>Solano</t>
+  </si>
+  <si>
+    <t>R3-22-4901</t>
+  </si>
+  <si>
+    <t>Drug Abuse Alternatives Center</t>
+  </si>
+  <si>
+    <t>DAAC Residential Facility</t>
+  </si>
+  <si>
+    <t>Sonoma</t>
   </si>
   <si>
     <t>R3-22-5001</t>
   </si>
   <si>
     <t>Aspiranet</t>
   </si>
   <si>
     <t>Central Valley Continuum of Care for Youth and Families</t>
   </si>
   <si>
     <t>Stanislaus</t>
   </si>
   <si>
-    <t>San Joaquin Valley</t>
-[...328 lines deleted...]
-  <si>
     <t>Short-Term Residential Therapeutic Program</t>
   </si>
   <si>
     <t>R3-22-5701</t>
   </si>
   <si>
     <t>Friends of the Mission</t>
   </si>
   <si>
     <t>Walters House II</t>
   </si>
   <si>
     <t>Yolo</t>
   </si>
   <si>
     <t>R3-23-3901</t>
   </si>
   <si>
     <t>Kings View Foundation</t>
   </si>
   <si>
     <t>Kings View Tulare SUD Infrastructure Development Project</t>
   </si>
   <si>
     <t>Tulare</t>
   </si>
   <si>
     <t>Narcotic Treatment Program</t>
   </si>
   <si>
+    <t>R4-22-0101</t>
+  </si>
+  <si>
+    <t>Round 4: Children and Youth</t>
+  </si>
+  <si>
+    <t>Safe Passages</t>
+  </si>
+  <si>
+    <t>Safe Passages Community Wellness/Prevention Center</t>
+  </si>
+  <si>
+    <t>Community Wellness/Youth Prevention Center</t>
+  </si>
+  <si>
+    <t>R4-22-0102</t>
+  </si>
+  <si>
+    <t>Seneca Family of Agencies (GLC)</t>
+  </si>
+  <si>
+    <t>R4-22-0401</t>
+  </si>
+  <si>
+    <t>Butte County Department of Behavioral Health</t>
+  </si>
+  <si>
+    <t>Chico Community Counseling Center &amp; Stepping Stones Expansion</t>
+  </si>
+  <si>
+    <t>Butte</t>
+  </si>
+  <si>
+    <t>Community Mental Health Clinic</t>
+  </si>
+  <si>
+    <t>Outpatient Treatment for SUD</t>
+  </si>
+  <si>
+    <t>R4-22-0402</t>
+  </si>
+  <si>
+    <t>Orchard Hospital</t>
+  </si>
+  <si>
+    <t>Orchard Hospital Adolescent Services</t>
+  </si>
+  <si>
+    <t>R4-22-0501</t>
+  </si>
+  <si>
+    <t>Calaveras County Behavioral Health</t>
+  </si>
+  <si>
+    <t>Calaveras County BHS Integrated Service Site</t>
+  </si>
+  <si>
+    <t>Calaveras</t>
+  </si>
+  <si>
+    <t>School-Linked Health Center</t>
+  </si>
+  <si>
+    <t>R4-22-0901</t>
+  </si>
+  <si>
+    <t>Native Directions, Inc &amp; HomeCA Inc</t>
+  </si>
+  <si>
+    <t>New Tribal Youth Perinatal Residential SUD</t>
+  </si>
+  <si>
+    <t>Perinatal Residential SUD Facility</t>
+  </si>
+  <si>
+    <t>R4-22-1001</t>
+  </si>
+  <si>
+    <t>Fresno American Indian Health Project</t>
+  </si>
+  <si>
+    <t>Native American Continuum of Care</t>
+  </si>
+  <si>
+    <t>Fresno</t>
+  </si>
+  <si>
+    <t>R4-22-1101</t>
+  </si>
+  <si>
+    <t>Glenn County Health and Human Services Agency, Behavioral Health</t>
+  </si>
+  <si>
+    <t>Orland Youth and Family Wellness Center</t>
+  </si>
+  <si>
+    <t>Glenn</t>
+  </si>
+  <si>
+    <t>R4-22-1201</t>
+  </si>
+  <si>
+    <t>Sorrel Leaf Healing Center/Lost Coast Children's Residential Treatment Center Inc.</t>
+  </si>
+  <si>
+    <t>Sorrel Leaf Healing Center</t>
+  </si>
+  <si>
+    <t>R4-22-1202</t>
+  </si>
+  <si>
+    <t>Yurok Tribe, Yurok Health and Human Serivces</t>
+  </si>
+  <si>
+    <t>Yurok Youth Center</t>
+  </si>
+  <si>
+    <t>R4-22-1301</t>
+  </si>
+  <si>
+    <t>Imperial County Behavioral Health Services – Expansion Project</t>
+  </si>
+  <si>
+    <t>Mental Health Triage and Engagement Services Expansion Project</t>
+  </si>
+  <si>
+    <t>Imperial</t>
+  </si>
+  <si>
+    <t>R4-22-1302</t>
+  </si>
+  <si>
+    <t>Imperial County Behavioral Health Services – It Takes a Village</t>
+  </si>
+  <si>
+    <t>It Takes A Village:  Increasing Access to Care for Children and Adolescents in Imperial County</t>
+  </si>
+  <si>
+    <t>R4-22-1501</t>
+  </si>
+  <si>
+    <t>Good Samaritan Hospital – Wellness Center</t>
+  </si>
+  <si>
+    <t>Family Wellness Center - Weedpatch</t>
+  </si>
+  <si>
+    <t>R4-22-1502</t>
+  </si>
+  <si>
+    <t>Good Samaritan Hospital – Wellness and SUD Center</t>
+  </si>
+  <si>
+    <t>Family Wellness Center - Wasco</t>
+  </si>
+  <si>
+    <t>R4-22-1701</t>
+  </si>
+  <si>
+    <t>Redwood Community Services Inc.</t>
+  </si>
+  <si>
+    <t>Tule House Peri-Natal Residential Expansion Project</t>
+  </si>
+  <si>
+    <t>Lake</t>
+  </si>
+  <si>
+    <t>R4-22-1901</t>
+  </si>
+  <si>
+    <t>Beach Cities Health District</t>
+  </si>
+  <si>
+    <t>allcove Beach Cities</t>
+  </si>
+  <si>
+    <t>R4-22-1902</t>
+  </si>
+  <si>
+    <t>Gateways Hospital and Mental Health Center</t>
+  </si>
+  <si>
+    <t>Gateways Hospital and Mental Health Center Youth Expansion Project</t>
+  </si>
+  <si>
+    <t>R4-22-1903</t>
+  </si>
+  <si>
+    <t>Kedren INC</t>
+  </si>
+  <si>
+    <t>Kedren South- Psychiatric Acute Care Hospital &amp; Children's Village</t>
+  </si>
+  <si>
+    <t>R4-22-1904</t>
+  </si>
+  <si>
+    <t>LACADA B4_245</t>
+  </si>
+  <si>
+    <t>R4-22-1905</t>
+  </si>
+  <si>
+    <t>Rancho Los Amigos Medical Center Strong Healthy and Resilient Kids (SHARK)</t>
+  </si>
+  <si>
+    <t>R4-22-1906</t>
+  </si>
+  <si>
+    <t>LVT Residential TAY and PPW</t>
+  </si>
+  <si>
+    <t>R4-22-1907</t>
+  </si>
+  <si>
+    <t>Rancho San Antonio Boys Home Inc.</t>
+  </si>
+  <si>
+    <t>"No Wrong Door" Youth Outpatient Center with SUD Expansion</t>
+  </si>
+  <si>
+    <t>R4-22-1908</t>
+  </si>
+  <si>
+    <t>Southern California Alcohol and Drug Programs, Inc. (SCADP) – La Casita</t>
+  </si>
+  <si>
+    <t>La Casita Perinatal Residential SUD Facility</t>
+  </si>
+  <si>
+    <t>R4-22-1909</t>
+  </si>
+  <si>
+    <t>Southern California Alcohol and Drug Programs, Inc. (SCADP) – Angel Step</t>
+  </si>
+  <si>
+    <t>Angel Step Too Perinatal Residential Substance Abuse Treatment Project</t>
+  </si>
+  <si>
+    <t>R4-22-1910</t>
+  </si>
+  <si>
+    <t>St. John's Community Health</t>
+  </si>
+  <si>
+    <t>Compton Behavioral Health Wellness &amp; Treatment Center</t>
+  </si>
+  <si>
     <t>R4-22-1911</t>
   </si>
   <si>
-    <t>Round 4: Children and Youth</t>
-[...1 lines deleted...]
-  <si>
     <t>Tarzana Treatment Centers, Inc.</t>
   </si>
   <si>
     <t>Tarzana B4_269</t>
   </si>
   <si>
-    <t>Outpatient Treatment for SUD</t>
-[...1 lines deleted...]
-  <si>
     <t>R4-22-1912</t>
   </si>
   <si>
     <t>Vista Del Mar Child and Family Services</t>
   </si>
   <si>
     <t>Residential Substance Abuse Treatment Program</t>
   </si>
   <si>
     <t>Adolescent Residential Treatment Facility for Youth with SUD</t>
   </si>
   <si>
     <t>R4-22-1913</t>
   </si>
   <si>
     <t>Wellnest Emotional Health &amp; Wellness</t>
   </si>
   <si>
     <t>The Nest on Jefferson - Community Wellness Center</t>
   </si>
   <si>
-    <t>Community Wellness/Youth Prevention Center</t>
-[...20 lines deleted...]
-    <t>Calaveras</t>
+    <t>R4-22-2401</t>
+  </si>
+  <si>
+    <t>Merced County Behavioral Health and Recovery Services</t>
+  </si>
+  <si>
+    <t>Children's Clinic at Behavioral Health Recovery Center Winton Facility</t>
+  </si>
+  <si>
+    <t>Merced</t>
   </si>
   <si>
     <t>R4-22-2801</t>
   </si>
   <si>
     <t>Mentis</t>
   </si>
   <si>
     <t>Napa Valley Youth Wellness Campus</t>
   </si>
   <si>
     <t>Napa</t>
   </si>
   <si>
-    <t>Community Mental Health Clinic</t>
-[...7 lines deleted...]
-  <si>
     <t>R4-22-3001</t>
   </si>
   <si>
     <t>Orange County Health Care Agency</t>
   </si>
   <si>
     <t>Be Well Irvine Campus</t>
   </si>
   <si>
+    <t>R4-22-3301</t>
+  </si>
+  <si>
+    <t>County of Riverside, Riverside University Health System-Behavioral Health</t>
+  </si>
+  <si>
+    <t>R4-22-3401</t>
+  </si>
+  <si>
+    <t>Behavioral Health Services Department of Health Services Social Services Agency County of Sacramento</t>
+  </si>
+  <si>
+    <t>CSU/PHF - Sac County</t>
+  </si>
+  <si>
+    <t>Psychiatric Residential Treatment Facility</t>
+  </si>
+  <si>
+    <t>R4-22-3601</t>
+  </si>
+  <si>
+    <t>Inland Valley Recovery Services</t>
+  </si>
+  <si>
+    <t>IVRS Campus Expansion</t>
+  </si>
+  <si>
+    <t>San Bernardino</t>
+  </si>
+  <si>
+    <t>R4-22-3602</t>
+  </si>
+  <si>
+    <t>Pacific Clinics</t>
+  </si>
+  <si>
+    <t>Hope Center</t>
+  </si>
+  <si>
+    <t>R4-22-3701</t>
+  </si>
+  <si>
+    <t>San Diego Center for Children - IOP and PHP</t>
+  </si>
+  <si>
+    <t>Day Treatment Intensive Half Day (IOP) and Full Day (PHP) at the San Diego Center for Children</t>
+  </si>
+  <si>
+    <t>R4-22-3702</t>
+  </si>
+  <si>
+    <t>San Diego Center for Children - CCRP</t>
+  </si>
+  <si>
+    <t>Children's Crisis Residential Program at the San Diego Center for Children</t>
+  </si>
+  <si>
+    <t>R4-22-3801</t>
+  </si>
+  <si>
+    <t>San Francisco Department of Public Health</t>
+  </si>
+  <si>
+    <t>San Francisco Intensive Youth Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>R4-22-3901</t>
+  </si>
+  <si>
+    <t>Community Medical Centers, Inc.</t>
+  </si>
+  <si>
+    <t>CMC Adolescent Health Centers</t>
+  </si>
+  <si>
+    <t>San Joaquin</t>
+  </si>
+  <si>
+    <t>R4-22-4201</t>
+  </si>
+  <si>
+    <t>County of Santa Barbara Department of Behavioral Wellness</t>
+  </si>
+  <si>
+    <t>Haley St Youth and Family Services</t>
+  </si>
+  <si>
+    <t>R4-22-4301</t>
+  </si>
+  <si>
+    <t>Child &amp; Adolescent Psychiatric Facility/Behavioral Health Services Center</t>
+  </si>
+  <si>
+    <t>R4-22-4401</t>
+  </si>
+  <si>
+    <t>Encompass Community Services</t>
+  </si>
+  <si>
+    <t>Encompass TAY Capacity Expansion Project</t>
+  </si>
+  <si>
+    <t>Santa Cruz</t>
+  </si>
+  <si>
+    <t>R4-22-4402</t>
+  </si>
+  <si>
+    <t>Janus of Santa Cruz</t>
+  </si>
+  <si>
+    <t>Janus Perinatal Expansion Project-Santa Cruz County</t>
+  </si>
+  <si>
+    <t>R4-22-4403</t>
+  </si>
+  <si>
+    <t>Santa Cruz County Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>Santa Cruz County Childrens Crisis Programs</t>
+  </si>
+  <si>
     <t>R4-22-5001</t>
   </si>
   <si>
     <t>Central Valley TAY Independence Program</t>
   </si>
   <si>
     <t>R4-22-5002</t>
   </si>
   <si>
     <t>Center for Human Services</t>
   </si>
   <si>
     <t>Outpatient Behavioral Health Center</t>
   </si>
   <si>
-    <t>R4-22-2901</t>
-[...140 lines deleted...]
-    <t>Family Wellness Center - Weedpatch</t>
+    <t>R4-22-5003</t>
+  </si>
+  <si>
+    <t>Sierra Vista Child &amp; Family Services</t>
+  </si>
+  <si>
+    <t>Community Wellness Family Resource Center</t>
+  </si>
+  <si>
+    <t>R4-22-5401</t>
+  </si>
+  <si>
+    <t>Kaweah Delta Health Care District</t>
+  </si>
+  <si>
+    <t>Child/Adolescent Addition to Mental Health Hospital</t>
   </si>
   <si>
     <t>R4-22-5403</t>
   </si>
   <si>
     <t>Tule River Indian Health Center, Inc.</t>
   </si>
   <si>
     <t>Yokitsa Wellness Center for Youth and Families</t>
   </si>
   <si>
-    <t>R4-22-1907</t>
-[...227 lines deleted...]
-    <t>Safe Passages Community Wellness/Prevention Center</t>
+    <t>R4-22-5601</t>
+  </si>
+  <si>
+    <t>Casa Pacifica Centers for Children &amp; Families</t>
+  </si>
+  <si>
+    <t>Casa Pacifica Short Term Residential Therapeutic Program</t>
+  </si>
+  <si>
+    <t>Ventura</t>
+  </si>
+  <si>
+    <t>R4-22-5602</t>
+  </si>
+  <si>
+    <t>Ventura County Behavioral Health</t>
+  </si>
+  <si>
+    <t>Ventura County Wellness Center</t>
+  </si>
+  <si>
+    <t>R5-23-0101</t>
+  </si>
+  <si>
+    <t>Livermore Project</t>
+  </si>
+  <si>
+    <t>Adult Residential SUD Treatment Facility</t>
+  </si>
+  <si>
+    <t>Adult Residential SUD Treatment Facility with Incidental Medical Services and DHCS/ASAM Level of Care 3.5 Designation only or with DHCS Level of Care 3.2 WM Designation only</t>
+  </si>
+  <si>
+    <t>R5-23-0102</t>
+  </si>
+  <si>
+    <t>Bay Area Community Services Housing Corporation</t>
+  </si>
+  <si>
+    <t>St. Regis</t>
+  </si>
+  <si>
+    <t>Behavioral Health Urgent Care /Mental Health Urgent Care</t>
+  </si>
+  <si>
+    <t>Mental Health Rehabilitation Centers only with Lanterman-Petris-Short Designation</t>
+  </si>
+  <si>
+    <t>R5-23-0501</t>
+  </si>
+  <si>
+    <t>Mark Twain Health Care District</t>
+  </si>
+  <si>
+    <t>Crisis and Wellness Center</t>
+  </si>
+  <si>
+    <t>R5-23-0701</t>
+  </si>
+  <si>
+    <t>Contra Costa County</t>
+  </si>
+  <si>
+    <t>Contra Costa Recovery Center</t>
+  </si>
+  <si>
+    <t>Contra Costa</t>
+  </si>
+  <si>
+    <t>R5-23-1201</t>
+  </si>
+  <si>
+    <t>Mad River Community Hospital</t>
+  </si>
+  <si>
+    <t>Addressing Crisis Care with Dignity</t>
+  </si>
+  <si>
+    <t>R5-23-1301</t>
+  </si>
+  <si>
+    <t>Imperial County Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>Adult Residential SUD Treatment Facility in Imperial County</t>
+  </si>
+  <si>
+    <t>R5-23-1501</t>
+  </si>
+  <si>
+    <t>Bakersfield American Indian Health Project, Inc.</t>
+  </si>
+  <si>
+    <t>BHCIP Community Wellness Treatment Center</t>
+  </si>
+  <si>
+    <t>R5-23-1502</t>
+  </si>
+  <si>
+    <t>Kern Behavioral Health and Recovery Services</t>
+  </si>
+  <si>
+    <t>Youth CSU and Family Resource Center</t>
+  </si>
+  <si>
+    <t>R5-23-1902</t>
+  </si>
+  <si>
+    <t>JWCH B5_498</t>
+  </si>
+  <si>
+    <t>R5-23-1903</t>
+  </si>
+  <si>
+    <t>County of Los Angeles</t>
+  </si>
+  <si>
+    <t>High Desert CRTP &amp; Children and Youth CSU/HUB</t>
+  </si>
+  <si>
+    <t>Community Residential Treatment System /Social Rehabilitation Program with the category of Short-Term Crisis Residential only</t>
+  </si>
+  <si>
+    <t>R5-23-1904</t>
+  </si>
+  <si>
+    <t>Mission Community Hospital</t>
+  </si>
+  <si>
+    <t>MCH BHUC/MHUC</t>
+  </si>
+  <si>
+    <t>R5-23-1905</t>
+  </si>
+  <si>
+    <t>Southern California Health And Rehabilitation Program</t>
+  </si>
+  <si>
+    <t>SCHARP Crisis Stabilization &amp; Treatment Center</t>
+  </si>
+  <si>
+    <t>R5-23-1906</t>
+  </si>
+  <si>
+    <t>St. Anne's Family Services</t>
+  </si>
+  <si>
+    <t>STRTP for One</t>
+  </si>
+  <si>
+    <t>R5-23-1907</t>
+  </si>
+  <si>
+    <t>SUD Crisis Management Hub:  A Fully Integrated Behavioral Health Campus</t>
+  </si>
+  <si>
+    <t>R5-23-1908</t>
+  </si>
+  <si>
+    <t>Sycamores</t>
+  </si>
+  <si>
+    <t>Sycamores Children's Crisis Continuum Program</t>
+  </si>
+  <si>
+    <t>R5-23-1909</t>
+  </si>
+  <si>
+    <t>The TransLatin@ Coalition</t>
+  </si>
+  <si>
+    <t>Trans Behavioral Health and Wellness Center</t>
+  </si>
+  <si>
+    <t>R5-23-1910</t>
+  </si>
+  <si>
+    <t>The Whole Child - Mental Health and Housing Services</t>
+  </si>
+  <si>
+    <t>Trauma Healing and Wellness Center for Homeless Families and the Community</t>
+  </si>
+  <si>
+    <t>R5-23-1911</t>
+  </si>
+  <si>
+    <t>TTC East Palmdale Project</t>
+  </si>
+  <si>
+    <t>R5-23-2001</t>
+  </si>
+  <si>
+    <t>Madera County</t>
+  </si>
+  <si>
+    <t>Madera County Youth/Adult Crisis Stabilization Unit &amp; Adult Sobering Center</t>
+  </si>
+  <si>
+    <t>Madera</t>
+  </si>
+  <si>
+    <t>R5-23-2101</t>
+  </si>
+  <si>
+    <t>Marin County Department of Health and Human Services</t>
+  </si>
+  <si>
+    <t>Closing the Gap: Residential Services for Adults with Co-Occurring Disorders</t>
+  </si>
+  <si>
+    <t>Marin</t>
+  </si>
+  <si>
+    <t>"Adult Residential SUD Treatment Facility with Incidental Medical Services and DHCS/ASAM Level of Care 3.1, 3.2 WM, and 3.5 Designations"</t>
+  </si>
+  <si>
+    <t>R5-23-2301</t>
+  </si>
+  <si>
+    <t>County of Mendocino Behavioral Health</t>
+  </si>
+  <si>
+    <t>Whitmore PHF</t>
+  </si>
+  <si>
+    <t>R5-23-2701</t>
+  </si>
+  <si>
+    <t>County of Monterey</t>
+  </si>
+  <si>
+    <t>Monterey County Regional MHRC</t>
+  </si>
+  <si>
+    <t>R5-23-2801</t>
+  </si>
+  <si>
+    <t>Napa County Health and Human Services Agency</t>
+  </si>
+  <si>
+    <t>Crisis Stabilization Unit (CSU) - Children's Services Expansion</t>
+  </si>
+  <si>
+    <t>R5-23-3401</t>
+  </si>
+  <si>
+    <t>WellSpace Health</t>
+  </si>
+  <si>
+    <t>WellSpace Health Community Wellness Campus</t>
+  </si>
+  <si>
+    <t>R5-23-3601</t>
+  </si>
+  <si>
+    <t>San Bernardino County Department of Behavioral Health</t>
+  </si>
+  <si>
+    <t>Comprehensive Treatment Campus</t>
+  </si>
+  <si>
+    <t>Adolescent Residential SUD Treatment Facility</t>
+  </si>
+  <si>
+    <t>R5-23-3801</t>
+  </si>
+  <si>
+    <t>City and County of SF B5_488</t>
+  </si>
+  <si>
+    <t>NTP Medication Unit</t>
+  </si>
+  <si>
+    <t>R5-23-3901</t>
+  </si>
+  <si>
+    <t>San Joaquin County Behavioral Health Services</t>
+  </si>
+  <si>
+    <t>Psychiatric Health Facility Capacity Expansion</t>
+  </si>
+  <si>
+    <t>R5-23-4201</t>
+  </si>
+  <si>
+    <t>Good Samaritan Shelter</t>
+  </si>
+  <si>
+    <t>Lompoc Sobering Center</t>
+  </si>
+  <si>
+    <t>R5-23-4301</t>
+  </si>
+  <si>
+    <t>Pathway Society, Inc.</t>
+  </si>
+  <si>
+    <t>Pathway to Compassionate Detoxification</t>
   </si>
   <si>
     <t>R5-23-4901</t>
   </si>
   <si>
-    <t>Round 5: Crisis and Behavioral Health Continuum</t>
-[...1 lines deleted...]
-  <si>
     <t>County of Sonoma</t>
   </si>
   <si>
     <t>Sonoma County Youth Behavioral Health Treatment</t>
   </si>
   <si>
-    <t>R5-23-1907</t>
-[...307 lines deleted...]
-  <si>
     <t>Adolescent Residential SUD Treatment Facility with a DHCS/ASAM Level of Care 3.5 Designation and Withdrawal Management Designation</t>
   </si>
   <si>
     <t>R5-23-5401</t>
   </si>
   <si>
     <t>Tulare County Health and Human Services Agency, Mental Health Branch</t>
   </si>
   <si>
     <t>Behavioral Health Urgent Care (BHUC)</t>
   </si>
   <si>
     <t>R5-23-5501</t>
   </si>
   <si>
     <t>Mathiesen Memorial Health Clinic</t>
   </si>
   <si>
     <t>Mathiesen Memorial Health &amp; Wellness Center</t>
   </si>
   <si>
     <t>Tuolumne</t>
   </si>
   <si>
-    <t>Identification Number</t>
-[...10 lines deleted...]
-  <si>
     <t>Tab Information</t>
   </si>
   <si>
     <t>Rounds 3, 4, 5 Facilities</t>
   </si>
   <si>
     <t>This tab includes information about Facilities, noting that projects many have multiple service modalities.</t>
   </si>
   <si>
     <t>Rounds 3, 4, 5 Sponsors</t>
   </si>
   <si>
     <t>This tab includes information about Sponsors.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Unduplicated number of person(s) served in an outpatient setting on an annual basis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
-[...3 lines deleted...]
-  <fonts count="11">
+  <fonts count="8">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...13 lines deleted...]
-      <color rgb="FF9C6500"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color theme="1"/>
-[...13 lines deleted...]
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
-      <name val="Arial"/>
-[...9 lines deleted...]
-      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFEB9C"/>
-[...4 lines deleted...]
-        <fgColor theme="4" tint="-0.499984740745262"/>
+        <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...48 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...54 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
-[...1 lines deleted...]
-    <cellStyle name="Neutral 2" xfId="2" xr:uid="{2CCD5FE1-5AB4-4002-BC5D-97B9458797F8}"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...108 lines deleted...]
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>1634041</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>219075</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>797370</xdr:rowOff>
+      <xdr:rowOff>933450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4">
+        <xdr:cNvPr id="34" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6D13A92-D7C9-4D0D-AFB0-6238A27B42A9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7DD81EA-EE05-7527-4467-88DE475E7272}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1634041" cy="794195"/>
+          <a:ext cx="1781175" cy="933450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>1756783</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>15241</xdr:rowOff>
+      <xdr:rowOff>25401</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>2568344</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1266826</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>817584</xdr:rowOff>
+      <xdr:rowOff>930275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
+        <xdr:cNvPr id="37" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF2158D9-0F29-4FDD-9629-278B27ED6D0F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECF851A7-C4D1-5DEB-1BB5-31A95CECB9D5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="1756783" y="15241"/>
-          <a:ext cx="811561" cy="802343"/>
+          <a:off x="1828800" y="25401"/>
+          <a:ext cx="1076326" cy="908049"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...2 lines deleted...]
-        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1778000</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>981074</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B03485C2-35E5-E3DD-6779-DD09501229B0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1781175" cy="984249"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1866901</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>38101</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>828676</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>981075</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F59D471-C08F-577F-93AA-160FA8AC15EF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1866901" y="38101"/>
+          <a:ext cx="1104900" cy="939799"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5092E5A9-BC18-4349-9F13-61C83E3D92BB}">
-  <dimension ref="A1:P288"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:J238"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...2 lines deleted...]
-      <selection activeCell="H1" sqref="H1"/>
+    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
+      <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="32.5703125" style="3" bestFit="1" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="16383" max="16384" width="199.140625" style="3" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="23.42578125" customWidth="1"/>
+    <col min="2" max="2" width="43.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="90.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="97.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="50.42578125" customWidth="1"/>
+    <col min="9" max="9" width="19.42578125" customWidth="1"/>
+    <col min="10" max="10" width="22.5703125" customWidth="1"/>
+    <col min="11" max="16384" width="11.42578125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="95.25" customHeight="1">
-      <c r="A1" s="31" t="s">
+    <row r="1" spans="1:10" ht="99" customHeight="1">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="32"/>
-[...12 lines deleted...]
-      <c r="A2" s="24" t="s">
+    </row>
+    <row r="2" spans="1:10" ht="15.75">
+      <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="24" t="s">
+      <c r="B2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="24" t="s">
+      <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="24" t="s">
+      <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="24" t="s">
+      <c r="E2" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="24" t="s">
+      <c r="F2" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="24" t="s">
+      <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="H2" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="24" t="s">
+      <c r="I2" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="28" t="s">
+      <c r="J2" s="3" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="15" customHeight="1">
-      <c r="A3" s="6" t="s">
+    <row r="3" spans="1:10" ht="15.75">
+      <c r="A3" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="6" t="s">
+      <c r="C3" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H3" s="11" t="s">
+      <c r="H3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="I3" s="14">
-[...9 lines deleted...]
-      <c r="B4" s="9" t="s">
+      <c r="I3" s="1"/>
+      <c r="J3" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="15.75">
+      <c r="A4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="6" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="C4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H4" s="3" t="s">
-[...13 lines deleted...]
-      <c r="B5" s="7" t="s">
+      <c r="H4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I4" s="1">
+        <v>16</v>
+      </c>
+      <c r="J4" s="1"/>
+    </row>
+    <row r="5" spans="1:10" ht="15.75">
+      <c r="A5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="6" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="C5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H5" s="11" t="s">
-[...13 lines deleted...]
-      <c r="B6" s="9" t="s">
+      <c r="H5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="15.75">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="6" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H6" s="3" t="s">
-[...13 lines deleted...]
-      <c r="B7" s="9" t="s">
+      <c r="H6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I6" s="1">
+        <v>16</v>
+      </c>
+      <c r="J6" s="1"/>
+    </row>
+    <row r="7" spans="1:10" ht="15.75">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C7" s="6" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="C7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>29</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="8">
+      <c r="H7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1">
         <v>50</v>
       </c>
-      <c r="J7" s="15"/>
-[...7 lines deleted...]
-      <c r="B8" s="9" t="s">
+    </row>
+    <row r="8" spans="1:10" ht="15.75">
+      <c r="A8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="6" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="C8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>29</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H8" s="3" t="s">
+      <c r="H8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="8">
+      <c r="I8" s="1">
         <v>16</v>
       </c>
-      <c r="J8" s="15"/>
-[...4 lines deleted...]
-      <c r="A9" s="6" t="s">
+      <c r="J8" s="1"/>
+    </row>
+    <row r="9" spans="1:10" ht="15.75">
+      <c r="A9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="15.75">
+      <c r="A10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="15.75">
+      <c r="A11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="15.75">
+      <c r="A12" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="15.75">
+      <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="15.75">
+      <c r="A14" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="15.75">
+      <c r="A15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I15" s="1">
+        <v>73</v>
+      </c>
+      <c r="J15" s="1"/>
+    </row>
+    <row r="16" spans="1:10" ht="15.75">
+      <c r="A16" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I16" s="1">
+        <v>18</v>
+      </c>
+      <c r="J16" s="1"/>
+    </row>
+    <row r="17" spans="1:10" ht="15.75">
+      <c r="A17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="15.75">
+      <c r="A18" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="15.75">
+      <c r="A19" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="15.75">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I20" s="1">
+        <v>60</v>
+      </c>
+      <c r="J20" s="1"/>
+    </row>
+    <row r="21" spans="1:10" ht="15.75">
+      <c r="A21" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="I21" s="1">
+        <v>16</v>
+      </c>
+      <c r="J21" s="1"/>
+    </row>
+    <row r="22" spans="1:10" ht="15.75">
+      <c r="A22" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I22" s="1">
         <v>24</v>
       </c>
-      <c r="B9" s="9" t="s">
+      <c r="J22" s="1"/>
+    </row>
+    <row r="23" spans="1:10" ht="15.75">
+      <c r="A23" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="3" t="s">
+      <c r="C23" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="I23" s="1">
+        <v>34</v>
+      </c>
+      <c r="J23" s="1"/>
+    </row>
+    <row r="24" spans="1:10" ht="15.75">
+      <c r="A24" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I24" s="1">
+        <v>42</v>
+      </c>
+      <c r="J24" s="1"/>
+    </row>
+    <row r="25" spans="1:10" ht="15.75">
+      <c r="A25" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15.75">
+      <c r="A26" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I26" s="1">
+        <v>75</v>
+      </c>
+      <c r="J26" s="1"/>
+    </row>
+    <row r="27" spans="1:10" ht="15.75">
+      <c r="A27" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I27" s="1"/>
+      <c r="J27" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15.75">
+      <c r="A28" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="15.75">
+      <c r="A29" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I29" s="1">
         <v>26</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="J29" s="1"/>
+    </row>
+    <row r="30" spans="1:10" ht="15.75">
+      <c r="A30" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I30" s="1">
+        <v>24</v>
+      </c>
+      <c r="J30" s="1"/>
+    </row>
+    <row r="31" spans="1:10" ht="15.75">
+      <c r="A31" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="15.75">
+      <c r="A32" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="I32" s="1">
+        <v>128</v>
+      </c>
+      <c r="J32" s="1"/>
+    </row>
+    <row r="33" spans="1:10" ht="15.75">
+      <c r="A33" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="I33" s="1">
+        <v>16</v>
+      </c>
+      <c r="J33" s="1"/>
+    </row>
+    <row r="34" spans="1:10" ht="15.75">
+      <c r="A34" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="15.75">
+      <c r="A35" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I35" s="1">
+        <v>12</v>
+      </c>
+      <c r="J35" s="1"/>
+    </row>
+    <row r="36" spans="1:10" ht="15.75">
+      <c r="A36" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="15.75">
+      <c r="A37" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="I37" s="1">
+        <v>12</v>
+      </c>
+      <c r="J37" s="1"/>
+    </row>
+    <row r="38" spans="1:10" ht="15.75">
+      <c r="A38" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I38" s="1">
+        <v>4</v>
+      </c>
+      <c r="J38" s="1"/>
+    </row>
+    <row r="39" spans="1:10" ht="15.75">
+      <c r="A39" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H39" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="I39" s="1"/>
+      <c r="J39" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="15.75">
+      <c r="A40" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I40" s="1">
+        <v>6</v>
+      </c>
+      <c r="J40" s="1"/>
+    </row>
+    <row r="41" spans="1:10" ht="15.75">
+      <c r="A41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="1"/>
+      <c r="J41" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="15.75">
+      <c r="A42" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="15.75">
+      <c r="A43" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="I43" s="1"/>
+      <c r="J43" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="15.75">
+      <c r="A44" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I44" s="1"/>
+      <c r="J44" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="15.75">
+      <c r="A45" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="15.75">
+      <c r="A46" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="I46" s="1">
+        <v>10</v>
+      </c>
+      <c r="J46" s="1"/>
+    </row>
+    <row r="47" spans="1:10" ht="15.75">
+      <c r="A47" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I47" s="1">
         <v>16</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="J47" s="1"/>
+    </row>
+    <row r="48" spans="1:10" ht="15.75">
+      <c r="A48" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="I48" s="1">
+        <v>16</v>
+      </c>
+      <c r="J48" s="1"/>
+    </row>
+    <row r="49" spans="1:10" ht="15.75">
+      <c r="A49" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I49" s="1">
+        <v>40</v>
+      </c>
+      <c r="J49" s="1"/>
+    </row>
+    <row r="50" spans="1:10" ht="15.75">
+      <c r="A50" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I50" s="1"/>
+      <c r="J50" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="15.75">
+      <c r="A51" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="I51" s="1">
+        <v>50</v>
+      </c>
+      <c r="J51" s="1"/>
+    </row>
+    <row r="52" spans="1:10" ht="15.75">
+      <c r="A52" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I52" s="1"/>
+      <c r="J52" s="1">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="15.75">
+      <c r="A53" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I53" s="1"/>
+      <c r="J53" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="15.75">
+      <c r="A54" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I54" s="1">
+        <v>16</v>
+      </c>
+      <c r="J54" s="1"/>
+    </row>
+    <row r="55" spans="1:10" ht="15.75">
+      <c r="A55" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I55" s="1">
+        <v>120</v>
+      </c>
+      <c r="J55" s="1"/>
+    </row>
+    <row r="56" spans="1:10" ht="15.75">
+      <c r="A56" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I56" s="1"/>
+      <c r="J56" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="15.75">
+      <c r="A57" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I57" s="1"/>
+      <c r="J57" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="15.75">
+      <c r="A58" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="I58" s="1">
+        <v>32</v>
+      </c>
+      <c r="J58" s="1"/>
+    </row>
+    <row r="59" spans="1:10" ht="15.75">
+      <c r="A59" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="I59" s="1">
+        <v>12</v>
+      </c>
+      <c r="J59" s="1"/>
+    </row>
+    <row r="60" spans="1:10" ht="15.75">
+      <c r="A60" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I60" s="1">
+        <v>86</v>
+      </c>
+      <c r="J60" s="1"/>
+    </row>
+    <row r="61" spans="1:10" ht="15.75">
+      <c r="A61" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H9" s="3" t="s">
-[...13 lines deleted...]
-      <c r="B10" s="9" t="s">
+      <c r="H61" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I61" s="1"/>
+      <c r="J61" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="15.75">
+      <c r="A62" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C10" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I62" s="5"/>
+      <c r="J62" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="15.75">
+      <c r="A63" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="I63" s="1"/>
+      <c r="J63" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="15.75">
+      <c r="A64" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I64" s="1"/>
+      <c r="J64" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="15.75">
+      <c r="A65" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I65" s="1">
+        <v>30</v>
+      </c>
+      <c r="J65" s="1"/>
+    </row>
+    <row r="66" spans="1:10" ht="15.75">
+      <c r="A66" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I66" s="1">
+        <v>62</v>
+      </c>
+      <c r="J66" s="1"/>
+    </row>
+    <row r="67" spans="1:10" ht="15.75">
+      <c r="A67" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I67" s="1">
+        <v>50</v>
+      </c>
+      <c r="J67" s="1"/>
+    </row>
+    <row r="68" spans="1:10" ht="15.75">
+      <c r="A68" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I68" s="1">
+        <v>6</v>
+      </c>
+      <c r="J68" s="1"/>
+    </row>
+    <row r="69" spans="1:10" ht="15.75">
+      <c r="A69" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I69" s="1"/>
+      <c r="J69" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="15.75">
+      <c r="A70" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H70" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="I70" s="1"/>
+      <c r="J70" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="15.75">
+      <c r="A71" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I71" s="1"/>
+      <c r="J71" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="15.75">
+      <c r="A72" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I72" s="1">
+        <v>8</v>
+      </c>
+      <c r="J72" s="1"/>
+    </row>
+    <row r="73" spans="1:10" ht="15.75">
+      <c r="A73" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I73" s="1">
         <v>16</v>
       </c>
-      <c r="G10" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B11" s="9" t="s">
+      <c r="J73" s="1"/>
+    </row>
+    <row r="74" spans="1:10" ht="15.75">
+      <c r="A74" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C11" s="6" t="s">
-[...1992 lines deleted...]
-      <c r="C74" s="6" t="s">
+      <c r="C74" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="D74" s="3" t="s">
+      <c r="D74" s="1" t="s">
         <v>188</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>189</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="H74" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I74" s="1">
+        <v>60</v>
+      </c>
+      <c r="J74" s="1"/>
+    </row>
+    <row r="75" spans="1:10" ht="15.75">
+      <c r="A75" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="I74" s="14"/>
-[...7 lines deleted...]
-      <c r="A75" s="6" t="s">
+      <c r="B75" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B75" s="9" t="s">
+      <c r="D75" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C75" s="6" t="s">
+      <c r="E75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F75" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="D75" s="3" t="s">
+      <c r="G75" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H75" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="E75" s="1" t="s">
+      <c r="I75" s="1"/>
+      <c r="J75" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="15.75">
+      <c r="A76" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I76" s="1"/>
+      <c r="J76" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="15.75">
+      <c r="A77" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I77" s="1">
+        <v>6</v>
+      </c>
+      <c r="J77" s="1"/>
+    </row>
+    <row r="78" spans="1:10" ht="15.75">
+      <c r="A78" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I78" s="1">
+        <v>2</v>
+      </c>
+      <c r="J78" s="1"/>
+    </row>
+    <row r="79" spans="1:10" ht="15.75">
+      <c r="A79" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I79" s="1"/>
+      <c r="J79" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="15.75">
+      <c r="A80" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I80" s="1"/>
+      <c r="J80" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="15.75">
+      <c r="A81" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I81" s="1">
+        <v>16</v>
+      </c>
+      <c r="J81" s="1"/>
+    </row>
+    <row r="82" spans="1:10" ht="15.75">
+      <c r="A82" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I82" s="1"/>
+      <c r="J82" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="15.75">
+      <c r="A83" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I83" s="1"/>
+      <c r="J83" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="15.75">
+      <c r="A84" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I84" s="1"/>
+      <c r="J84" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="15.75">
+      <c r="A85" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="I85" s="1"/>
+      <c r="J85" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="15.75">
+      <c r="A86" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I86" s="1">
+        <v>40</v>
+      </c>
+      <c r="J86" s="1"/>
+    </row>
+    <row r="87" spans="1:10" ht="15.75">
+      <c r="A87" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I87" s="1"/>
+      <c r="J87" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="15.75">
+      <c r="A88" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I88" s="1"/>
+      <c r="J88" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="15.75">
+      <c r="A89" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I89" s="1"/>
+      <c r="J89" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="15.75">
+      <c r="A90" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I90" s="1"/>
+      <c r="J90" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="15.75">
+      <c r="A91" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I91" s="1"/>
+      <c r="J91" s="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="15.75">
+      <c r="A92" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I92" s="1"/>
+      <c r="J92" s="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="15.75">
+      <c r="A93" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I93" s="1">
+        <v>12</v>
+      </c>
+      <c r="J93" s="1"/>
+    </row>
+    <row r="94" spans="1:10" ht="15.75">
+      <c r="A94" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I94" s="1"/>
+      <c r="J94" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="15.75">
+      <c r="A95" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I95" s="1"/>
+      <c r="J95" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" ht="15.75">
+      <c r="A96" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I96" s="1"/>
+      <c r="J96" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" ht="15.75">
+      <c r="A97" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="I97" s="1"/>
+      <c r="J97" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" ht="15.75">
+      <c r="A98" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I98" s="1"/>
+      <c r="J98" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" ht="15.75">
+      <c r="A99" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I99" s="1"/>
+      <c r="J99" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" ht="15.75">
+      <c r="A100" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I100" s="1"/>
+      <c r="J100" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" ht="15.75">
+      <c r="A101" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I101" s="1"/>
+      <c r="J101" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" ht="15.75">
+      <c r="A102" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I102" s="1"/>
+      <c r="J102" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" ht="15.75">
+      <c r="A103" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I103" s="1"/>
+      <c r="J103" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" ht="15.75">
+      <c r="A104" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I104" s="1"/>
+      <c r="J104" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" ht="15.75">
+      <c r="A105" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I105" s="1">
+        <v>8</v>
+      </c>
+      <c r="J105" s="1"/>
+    </row>
+    <row r="106" spans="1:10" ht="15.75">
+      <c r="A106" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I106" s="1"/>
+      <c r="J106" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" ht="15.75">
+      <c r="A107" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="I107" s="1">
+        <v>37</v>
+      </c>
+      <c r="J107" s="1"/>
+    </row>
+    <row r="108" spans="1:10" ht="15.75">
+      <c r="A108" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="I108" s="1">
+        <v>24</v>
+      </c>
+      <c r="J108" s="1"/>
+    </row>
+    <row r="109" spans="1:10" ht="15.75">
+      <c r="A109" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I109" s="1">
+        <v>8</v>
+      </c>
+      <c r="J109" s="1"/>
+    </row>
+    <row r="110" spans="1:10" ht="15.75">
+      <c r="A110" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I110" s="1">
+        <v>8</v>
+      </c>
+      <c r="J110" s="1"/>
+    </row>
+    <row r="111" spans="1:10" ht="15.75">
+      <c r="A111" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I111" s="1">
+        <v>25</v>
+      </c>
+      <c r="J111" s="1"/>
+    </row>
+    <row r="112" spans="1:10" ht="15.75">
+      <c r="A112" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I112" s="1"/>
+      <c r="J112" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="15.75">
+      <c r="A113" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I113" s="1">
+        <v>18</v>
+      </c>
+      <c r="J113" s="1"/>
+    </row>
+    <row r="114" spans="1:10" ht="15.75">
+      <c r="A114" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I114" s="1">
+        <v>15</v>
+      </c>
+      <c r="J114" s="1"/>
+    </row>
+    <row r="115" spans="1:10" ht="15.75">
+      <c r="A115" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I115" s="1"/>
+      <c r="J115" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" ht="15.75">
+      <c r="A116" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I116" s="1"/>
+      <c r="J116" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" ht="15.75">
+      <c r="A117" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I117" s="1"/>
+      <c r="J117" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" ht="15.75">
+      <c r="A118" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I118" s="1">
+        <v>8</v>
+      </c>
+      <c r="J118" s="1"/>
+    </row>
+    <row r="119" spans="1:10" ht="15.75">
+      <c r="A119" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I119" s="1">
+        <v>12</v>
+      </c>
+      <c r="J119" s="1"/>
+    </row>
+    <row r="120" spans="1:10" ht="15.75">
+      <c r="A120" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I120" s="1"/>
+      <c r="J120" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" ht="15.75">
+      <c r="A121" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I121" s="1"/>
+      <c r="J121" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" ht="15.75">
+      <c r="A122" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="I122" s="1">
+        <v>16</v>
+      </c>
+      <c r="J122" s="1"/>
+    </row>
+    <row r="123" spans="1:10" ht="15.75">
+      <c r="A123" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I123" s="1"/>
+      <c r="J123" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" ht="15.75">
+      <c r="A124" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I124" s="1"/>
+      <c r="J124" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="15.75">
+      <c r="A125" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I125" s="1"/>
+      <c r="J125" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="15.75">
+      <c r="A126" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I126" s="1"/>
+      <c r="J126" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" ht="15.75">
+      <c r="A127" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I127" s="1"/>
+      <c r="J127" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" ht="15.75">
+      <c r="A128" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="I128" s="1">
+        <v>32</v>
+      </c>
+      <c r="J128" s="1"/>
+    </row>
+    <row r="129" spans="1:10" ht="15.75">
+      <c r="A129" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I129" s="1">
+        <v>24</v>
+      </c>
+      <c r="J129" s="1"/>
+    </row>
+    <row r="130" spans="1:10" ht="15.75">
+      <c r="A130" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I130" s="1"/>
+      <c r="J130" s="1">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" ht="15.75">
+      <c r="A131" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I131" s="1">
+        <v>16</v>
+      </c>
+      <c r="J131" s="1"/>
+    </row>
+    <row r="132" spans="1:10" ht="15.75">
+      <c r="A132" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I132" s="1"/>
+      <c r="J132" s="1">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" ht="15.75">
+      <c r="A133" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H133" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F75" s="1" t="s">
-[...37 lines deleted...]
-      <c r="H76" s="3" t="s">
+      <c r="I133" s="1"/>
+      <c r="J133" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" ht="15.75">
+      <c r="A134" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I134" s="1">
+        <v>3</v>
+      </c>
+      <c r="J134" s="1"/>
+    </row>
+    <row r="135" spans="1:10" ht="15.75">
+      <c r="A135" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="I135" s="1">
+        <v>32</v>
+      </c>
+      <c r="J135" s="1"/>
+    </row>
+    <row r="136" spans="1:10" ht="15.75">
+      <c r="A136" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="I136" s="1">
+        <v>16</v>
+      </c>
+      <c r="J136" s="1"/>
+    </row>
+    <row r="137" spans="1:10" ht="15.75">
+      <c r="A137" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H137" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="I76" s="7">
-[...48 lines deleted...]
-      <c r="D78" s="3" t="s">
+      <c r="I137" s="1"/>
+      <c r="J137" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" ht="15.75">
+      <c r="A138" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H138" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="E78" s="1" t="s">
-[...298 lines deleted...]
-      <c r="I87" s="14">
+      <c r="I138" s="1"/>
+      <c r="J138" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" ht="15.75">
+      <c r="A139" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I139" s="1"/>
+      <c r="J139" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" ht="15.75">
+      <c r="A140" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I140" s="1"/>
+      <c r="J140" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" ht="15.75">
+      <c r="A141" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="I141" s="1">
         <v>24</v>
       </c>
-      <c r="K87" s="3"/>
-[...1729 lines deleted...]
-        <v>307</v>
+      <c r="J141" s="1"/>
+    </row>
+    <row r="142" spans="1:10" ht="15.75">
+      <c r="A142" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>320</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>111</v>
+        <v>163</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H142" s="11" t="s">
-[...19 lines deleted...]
-        <v>14</v>
+      <c r="H142" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="I142" s="1">
+        <v>12</v>
+      </c>
+      <c r="J142" s="1"/>
+    </row>
+    <row r="143" spans="1:10" ht="15.75">
+      <c r="A143" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>320</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H143" s="11" t="s">
-[...19 lines deleted...]
-      <c r="D144" s="3" t="s">
+      <c r="H143" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I143" s="1"/>
+      <c r="J143" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" ht="15.75">
+      <c r="A144" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I144" s="1"/>
+      <c r="J144" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" ht="15.75">
+      <c r="A145" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I145" s="1"/>
+      <c r="J145" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" ht="15.75">
+      <c r="A146" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I146" s="1"/>
+      <c r="J146" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" ht="15.75">
+      <c r="A147" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I147" s="1"/>
+      <c r="J147" s="1">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" ht="15.75">
+      <c r="A148" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I148" s="1"/>
+      <c r="J148" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" ht="15.75">
+      <c r="A149" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="I149" s="1">
         <v>14</v>
       </c>
-      <c r="E144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F144" s="1" t="s">
+      <c r="J149" s="1"/>
+    </row>
+    <row r="150" spans="1:10" ht="15.75">
+      <c r="A150" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I150" s="1">
+        <v>7</v>
+      </c>
+      <c r="J150" s="1"/>
+    </row>
+    <row r="151" spans="1:10" ht="15.75">
+      <c r="A151" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I151" s="1"/>
+      <c r="J151" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" ht="15.75">
+      <c r="A152" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I152" s="1"/>
+      <c r="J152" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" ht="15.75">
+      <c r="A153" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="I153" s="1">
+        <v>25</v>
+      </c>
+      <c r="J153" s="1"/>
+    </row>
+    <row r="154" spans="1:10" ht="15.75">
+      <c r="A154" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I154" s="1">
         <v>16</v>
       </c>
-      <c r="G144" s="1" t="s">
+      <c r="J154" s="1"/>
+    </row>
+    <row r="155" spans="1:10" ht="15.75">
+      <c r="A155" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I155" s="1"/>
+      <c r="J155" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" ht="15.75">
+      <c r="A156" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I156" s="1"/>
+      <c r="J156" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" ht="15.75">
+      <c r="A157" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I157" s="1">
+        <v>6</v>
+      </c>
+      <c r="J157" s="1"/>
+    </row>
+    <row r="158" spans="1:10" ht="15.75">
+      <c r="A158" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I158" s="1"/>
+      <c r="J158" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" ht="15.75">
+      <c r="A159" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I159" s="1"/>
+      <c r="J159" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" ht="15.75">
+      <c r="A160" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I160" s="1"/>
+      <c r="J160" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" ht="15.75">
+      <c r="A161" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="I161" s="1">
+        <v>22</v>
+      </c>
+      <c r="J161" s="1"/>
+    </row>
+    <row r="162" spans="1:10" ht="15.75">
+      <c r="A162" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I162" s="1"/>
+      <c r="J162" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" ht="15.75">
+      <c r="A163" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I163" s="1"/>
+      <c r="J163" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" ht="15.75">
+      <c r="A164" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H164" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I164" s="1"/>
+      <c r="J164" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" ht="15.75">
+      <c r="A165" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I165" s="1">
+        <v>10</v>
+      </c>
+      <c r="J165" s="1"/>
+    </row>
+    <row r="166" spans="1:10" ht="15.75">
+      <c r="A166" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H166" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I166" s="1"/>
+      <c r="J166" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" ht="15" customHeight="1">
+      <c r="A167" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="I167" s="1"/>
+      <c r="J167" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" ht="15.75">
+      <c r="A168" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H144" s="11" t="s">
-[...64 lines deleted...]
-      <c r="I146" s="14">
+      <c r="H168" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="I168" s="1">
+        <v>8</v>
+      </c>
+      <c r="J168" s="1"/>
+    </row>
+    <row r="169" spans="1:10" ht="15.75">
+      <c r="A169" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="1" t="s">
         <v>16</v>
-      </c>
-[...715 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H169" s="3" t="s">
-[...16 lines deleted...]
-      <c r="C170" s="6" t="s">
+      <c r="H169" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D170" s="3" t="s">
-        <v>365</v>
+      <c r="I169" s="1">
+        <v>4</v>
+      </c>
+      <c r="J169" s="1"/>
+    </row>
+    <row r="170" spans="1:10" ht="15.75">
+      <c r="A170" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>362</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>366</v>
+        <v>16</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H170" s="11" t="s">
-[...9 lines deleted...]
-      <c r="A171" s="6" t="s">
+      <c r="H170" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I170" s="1"/>
+      <c r="J170" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" ht="15.75">
+      <c r="A171" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D171" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B171" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>366</v>
+        <v>16</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H171" s="3" t="s">
-[...10 lines deleted...]
-      <c r="A172" s="6" t="s">
+      <c r="H171" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I171" s="1"/>
+      <c r="J171" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" ht="15.75">
+      <c r="A172" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D172" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B172" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>366</v>
+        <v>16</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H172" s="3" t="s">
-[...10 lines deleted...]
-      <c r="A173" s="6" t="s">
+      <c r="H172" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I172" s="1">
+        <v>40</v>
+      </c>
+      <c r="J172" s="1"/>
+    </row>
+    <row r="173" spans="1:10" ht="15.75">
+      <c r="A173" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I173" s="1"/>
+      <c r="J173" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" ht="15.75">
+      <c r="A174" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="I174" s="1">
+        <v>34</v>
+      </c>
+      <c r="J174" s="1"/>
+    </row>
+    <row r="175" spans="1:10" ht="15.75">
+      <c r="A175" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="B173" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C173" s="6" t="s">
+      <c r="B175" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E175" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D173" s="3" t="s">
+      <c r="F175" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I175" s="1"/>
+      <c r="J175" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" ht="15.75">
+      <c r="A176" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C176" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="E173" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I176" s="1"/>
+      <c r="J176" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" ht="15.75">
+      <c r="A177" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="I177" s="1">
+        <v>45</v>
+      </c>
+      <c r="J177" s="1"/>
+    </row>
+    <row r="178" spans="1:10" ht="15.75">
+      <c r="A178" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H178" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F173" s="1" t="s">
+      <c r="I178" s="1"/>
+      <c r="J178" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" ht="15.75">
+      <c r="A179" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I179" s="1">
+        <v>10</v>
+      </c>
+      <c r="J179" s="1"/>
+    </row>
+    <row r="180" spans="1:10" ht="15.75">
+      <c r="A180" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="I180" s="1">
+        <v>9</v>
+      </c>
+      <c r="J180" s="1"/>
+    </row>
+    <row r="181" spans="1:10" ht="15.75">
+      <c r="A181" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I181" s="1"/>
+      <c r="J181" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" ht="15.75">
+      <c r="A182" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I182" s="1">
+        <v>16</v>
+      </c>
+      <c r="J182" s="1"/>
+    </row>
+    <row r="183" spans="1:10" ht="15.75">
+      <c r="A183" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I183" s="1"/>
+      <c r="J183" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" ht="15.75">
+      <c r="A184" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I184" s="1"/>
+      <c r="J184" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" ht="15.75">
+      <c r="A185" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I185" s="1"/>
+      <c r="J185" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" ht="15.75">
+      <c r="A186" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I186" s="1"/>
+      <c r="J186" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" ht="15.75">
+      <c r="A187" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I187" s="1"/>
+      <c r="J187" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" ht="15.75">
+      <c r="A188" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="I188" s="1">
+        <v>28</v>
+      </c>
+      <c r="J188" s="1"/>
+    </row>
+    <row r="189" spans="1:10" ht="15.75">
+      <c r="A189" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I189" s="1">
+        <v>10</v>
+      </c>
+      <c r="J189" s="1"/>
+    </row>
+    <row r="190" spans="1:10" ht="15.75">
+      <c r="A190" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I190" s="1"/>
+      <c r="J190" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" ht="15.75">
+      <c r="A191" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H191" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I191" s="1"/>
+      <c r="J191" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" ht="15.75">
+      <c r="A192" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H192" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="I192" s="1">
+        <v>16</v>
+      </c>
+      <c r="J192" s="1"/>
+    </row>
+    <row r="193" spans="1:10" ht="15.75">
+      <c r="A193" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I193" s="1"/>
+      <c r="J193" s="1">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" ht="15.75">
+      <c r="A194" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I194" s="1"/>
+      <c r="J194" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" ht="15.75">
+      <c r="A195" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H195" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="I195" s="1">
+        <v>14</v>
+      </c>
+      <c r="J195" s="1"/>
+    </row>
+    <row r="196" spans="1:10" ht="15.75">
+      <c r="A196" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I196" s="1">
+        <v>1</v>
+      </c>
+      <c r="J196" s="1"/>
+    </row>
+    <row r="197" spans="1:10" ht="15.75">
+      <c r="A197" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H197" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="G173" s="1" t="s">
-[...18 lines deleted...]
-      <c r="C174" s="6" t="s">
+      <c r="I197" s="1"/>
+      <c r="J197" s="1">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" ht="15.75">
+      <c r="A198" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H198" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I198" s="1">
+        <v>78</v>
+      </c>
+      <c r="J198" s="1"/>
+    </row>
+    <row r="199" spans="1:10" ht="15.75">
+      <c r="A199" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H199" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I199" s="1"/>
+      <c r="J199" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" ht="15.75">
+      <c r="A200" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H200" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I200" s="1"/>
+      <c r="J200" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" ht="15.75">
+      <c r="A201" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H201" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I201" s="1">
+        <v>8</v>
+      </c>
+      <c r="J201" s="1"/>
+    </row>
+    <row r="202" spans="1:10" ht="15.75">
+      <c r="A202" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H202" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I202" s="1"/>
+      <c r="J202" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" ht="15.75">
+      <c r="A203" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I203" s="1"/>
+      <c r="J203" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" ht="15.75">
+      <c r="A204" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H204" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I204" s="1"/>
+      <c r="J204" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" ht="15.75">
+      <c r="A205" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H205" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I205" s="1"/>
+      <c r="J205" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" ht="15.75">
+      <c r="A206" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I206" s="1"/>
+      <c r="J206" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" ht="15.75">
+      <c r="A207" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H207" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I207" s="1"/>
+      <c r="J207" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" ht="15.75">
+      <c r="A208" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H208" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I208" s="1"/>
+      <c r="J208" s="1">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" ht="15.75">
+      <c r="A209" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H209" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I209" s="1"/>
+      <c r="J209" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" ht="15.75">
+      <c r="A210" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="E210" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D174" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="1" t="s">
+      <c r="F210" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H210" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F174" s="1" t="s">
-[...22 lines deleted...]
-      <c r="C175" s="6" t="s">
+      <c r="I210" s="1"/>
+      <c r="J210" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" ht="15.75">
+      <c r="A211" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="E211" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D175" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="1" t="s">
+      <c r="F211" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H211" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I211" s="1"/>
+      <c r="J211" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" ht="15.75">
+      <c r="A212" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="I212" s="1">
+        <v>15</v>
+      </c>
+      <c r="J212" s="1"/>
+    </row>
+    <row r="213" spans="1:10" ht="15.75">
+      <c r="A213" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H213" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I213" s="1">
+        <v>16</v>
+      </c>
+      <c r="J213" s="1"/>
+    </row>
+    <row r="214" spans="1:10" ht="15.75">
+      <c r="A214" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E214" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H214" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="I214" s="1">
+        <v>96</v>
+      </c>
+      <c r="J214" s="1"/>
+    </row>
+    <row r="215" spans="1:10" ht="15.75">
+      <c r="A215" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H215" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F175" s="1" t="s">
-[...229 lines deleted...]
-      <c r="I182" s="14">
+      <c r="I215" s="1"/>
+      <c r="J215" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" ht="15.75">
+      <c r="A216" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I216" s="1">
+        <v>200</v>
+      </c>
+      <c r="J216" s="1"/>
+    </row>
+    <row r="217" spans="1:10" ht="15.75">
+      <c r="A217" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I217" s="1"/>
+      <c r="J217" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" ht="15.75">
+      <c r="A218" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I218" s="1"/>
+      <c r="J218" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" ht="15.75">
+      <c r="A219" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I219" s="1"/>
+      <c r="J219" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" ht="15.75">
+      <c r="A220" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="I220" s="1">
+        <v>16</v>
+      </c>
+      <c r="J220" s="1"/>
+    </row>
+    <row r="221" spans="1:10" ht="15.75">
+      <c r="A221" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="I221" s="1">
+        <v>36</v>
+      </c>
+      <c r="J221" s="1"/>
+    </row>
+    <row r="222" spans="1:10" ht="15.75">
+      <c r="A222" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H222" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I222" s="1">
+        <v>18</v>
+      </c>
+      <c r="J222" s="1"/>
+    </row>
+    <row r="223" spans="1:10" ht="15.75">
+      <c r="A223" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="I223" s="1">
+        <v>14</v>
+      </c>
+      <c r="J223" s="1"/>
+    </row>
+    <row r="224" spans="1:10" ht="15.75">
+      <c r="A224" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H224" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I224" s="1"/>
+      <c r="J224" s="1">
         <v>45</v>
       </c>
-      <c r="K182" s="3"/>
-[...1176 lines deleted...]
-      <c r="A220" s="6" t="s">
+    </row>
+    <row r="225" spans="1:10" ht="15.75">
+      <c r="A225" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B220" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C220" s="6" t="s">
+      <c r="B225" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D225" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="D220" s="3" t="s">
-[...159 lines deleted...]
-      </c>
       <c r="E225" s="1" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>315</v>
+        <v>163</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H225" s="11" t="s">
-[...20 lines deleted...]
-        <v>447</v>
+      <c r="H225" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="I225" s="1"/>
+      <c r="J225" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" ht="15.75">
+      <c r="A226" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>443</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>315</v>
+        <v>163</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H226" s="11" t="s">
+      <c r="H226" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I226" s="1"/>
+      <c r="J226" s="1">
         <v>20</v>
       </c>
-      <c r="I226" s="14"/>
-[...17 lines deleted...]
-        <v>447</v>
+    </row>
+    <row r="227" spans="1:10" ht="15.75">
+      <c r="A227" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>443</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>315</v>
+        <v>163</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H227" s="11" t="s">
+      <c r="H227" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I227" s="1"/>
+      <c r="J227" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" ht="15.75">
+      <c r="A228" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I228" s="1">
+        <v>16</v>
+      </c>
+      <c r="J228" s="1"/>
+    </row>
+    <row r="229" spans="1:10" ht="15.75">
+      <c r="A229" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="I227" s="14">
-[...24 lines deleted...]
-      <c r="G228" s="1" t="s">
+      <c r="B229" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I229" s="1"/>
+      <c r="J229" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" ht="15.75">
+      <c r="A230" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G230" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H228" s="11" t="s">
-[...2 lines deleted...]
-      <c r="I228" s="14">
+      <c r="H230" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="I230" s="1">
+        <v>30</v>
+      </c>
+      <c r="J230" s="1"/>
+    </row>
+    <row r="231" spans="1:10" ht="15.75">
+      <c r="A231" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I231" s="1">
+        <v>6</v>
+      </c>
+      <c r="J231" s="1"/>
+    </row>
+    <row r="232" spans="1:10" ht="15.75">
+      <c r="A232" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H232" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I232" s="1"/>
+      <c r="J232" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" ht="15.75">
+      <c r="A233" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I233" s="1"/>
+      <c r="J233" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" ht="15.75">
+      <c r="A234" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H234" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="I234" s="1">
+        <v>8</v>
+      </c>
+      <c r="J234" s="1"/>
+    </row>
+    <row r="235" spans="1:10" ht="15.75">
+      <c r="A235" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I235" s="1"/>
+      <c r="J235" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" ht="15.75">
+      <c r="A236" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="E236" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="G236" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="K228" s="3"/>
-[...186 lines deleted...]
-      <c r="I234" s="14">
+      <c r="H236" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="K234" s="3"/>
-[...560 lines deleted...]
-    </row>
+      <c r="I236" s="1"/>
+      <c r="J236" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10"/>
+    <row r="238" spans="1:10"/>
   </sheetData>
-  <autoFilter ref="A2:L245" xr:uid="{5092E5A9-BC18-4349-9F13-61C83E3D92BB}"/>
-[...5 lines deleted...]
-  </mergeCells>
+  <autoFilter ref="A2:J236" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
+  <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98797A1F-4F97-403E-9CC0-ABBD79365E80}">
-  <dimension ref="A1:H266"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{320F1025-42A5-43FF-93B9-B5244F2016CC}">
+  <dimension ref="A1:G131"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3:A131"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:XFD2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
-    <col min="1" max="2" width="67.140625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="168.42578125" style="1" hidden="1"/>
+    <col min="1" max="1" width="32.140625" customWidth="1"/>
+    <col min="2" max="2" width="41.85546875" customWidth="1"/>
+    <col min="3" max="3" width="74" customWidth="1"/>
+    <col min="4" max="4" width="75" customWidth="1"/>
+    <col min="5" max="5" width="22.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="95.25" customHeight="1">
-      <c r="A1" s="33" t="s">
+    <row r="1" spans="1:7" ht="101.1" customHeight="1">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="33"/>
-[...14 lines deleted...]
-      <c r="C2" s="2" t="s">
+    </row>
+    <row r="2" spans="1:7" ht="15.75">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="12" t="s">
-[...10 lines deleted...]
-      <c r="A3" s="17" t="s">
+      <c r="E2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="15.75">
+      <c r="A3" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="15.75">
+      <c r="A4" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="15.75">
+      <c r="A5" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="15.75">
+      <c r="A6" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="15.75">
+      <c r="A7" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="15.75">
+      <c r="A8" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="15.75">
+      <c r="A9" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="15.75">
+      <c r="A10" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="15.75">
+      <c r="A11" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="15.75">
+      <c r="A12" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="15.75">
+      <c r="A13" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="15.75">
+      <c r="A14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="15.75">
+      <c r="A15" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="15.75">
+      <c r="A16" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="15.75">
+      <c r="A17" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="15.75">
+      <c r="A18" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="15.75">
+      <c r="A19" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="15.75">
+      <c r="A20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="15.75">
+      <c r="A21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="15.75">
+      <c r="A22" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="18" t="s">
+      <c r="D22" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="15.75">
+      <c r="A23" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="18" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="C23" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="15.75">
+      <c r="A24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="15.75">
+      <c r="A25" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="15.75">
+      <c r="A26" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="15.75">
+      <c r="A27" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="15.75">
+      <c r="A28" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="15.75">
+      <c r="A29" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="15.75">
+      <c r="A30" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="15.75">
+      <c r="A31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="15.75">
+      <c r="A32" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="15.75">
+      <c r="A33" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="15.75">
+      <c r="A34" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="15.75">
+      <c r="A35" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="15.75">
+      <c r="A36" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="15.75">
+      <c r="A37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="15.75">
+      <c r="A38" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="15.75">
+      <c r="A39" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="15.75">
+      <c r="A40" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="15.75">
+      <c r="A41" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="15.75">
+      <c r="A42" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="15.75">
+      <c r="A43" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="15.75">
+      <c r="A44" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="15.75">
+      <c r="A45" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="15.75">
+      <c r="A46" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="15.75">
+      <c r="A47" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="15.75">
+      <c r="A48" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="15.75">
+      <c r="A49" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="15.75">
+      <c r="A50" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="15.75">
+      <c r="A51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="15.75">
+      <c r="A52" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="15.75">
+      <c r="A53" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="15.75">
+      <c r="A54" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="15.75">
+      <c r="A55" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="15.75">
+      <c r="A56" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="15.75">
+      <c r="A57" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="15.75">
+      <c r="A58" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="15.75">
+      <c r="A59" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="15.75">
+      <c r="A60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="15.75">
+      <c r="A61" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="15.75">
+      <c r="A62" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="15.75">
+      <c r="A63" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="15.75">
+      <c r="A64" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="15.75">
+      <c r="A65" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="15.75">
+      <c r="A66" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="15.75">
+      <c r="A67" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="15.75">
+      <c r="A68" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="15.75">
+      <c r="A69" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="15.75">
+      <c r="A70" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="15.75">
+      <c r="A71" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="15.75">
+      <c r="A72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="15.75">
+      <c r="A73" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="15.75">
+      <c r="A74" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="15.75">
+      <c r="A75" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="15.75">
+      <c r="A76" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="15.75">
+      <c r="A77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="15.75">
+      <c r="A78" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="15.75">
+      <c r="A79" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="15.75">
+      <c r="A80" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="15.75">
+      <c r="A81" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="15.75">
+      <c r="A82" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="15.75">
+      <c r="A83" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="15.75">
+      <c r="A84" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="15.75">
+      <c r="A85" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="15.75">
+      <c r="A86" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="15.75">
+      <c r="A87" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="15.75">
+      <c r="A88" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E3" s="19" t="s">
-[...19 lines deleted...]
-      <c r="D4" s="3" t="s">
+      <c r="G88" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="15.75">
+      <c r="A89" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="15.75">
+      <c r="A90" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="15.75">
+      <c r="A91" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="15.75">
+      <c r="A92" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="15.75">
+      <c r="A93" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="15.75">
+      <c r="A94" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="15.75">
+      <c r="A95" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="15.75">
+      <c r="A96" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="15.75">
+      <c r="A97" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="15.75">
+      <c r="A98" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F98" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="E4" s="19" t="s">
+      <c r="G98" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="15.75">
+      <c r="A99" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="15.75">
+      <c r="A100" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="15.75">
+      <c r="A101" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="15.75">
+      <c r="A102" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="15.75">
+      <c r="A103" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="15.75">
+      <c r="A104" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="15.75">
+      <c r="A105" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="15.75">
+      <c r="A106" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="15.75">
+      <c r="A107" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="15.75">
+      <c r="A108" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="15.75">
+      <c r="A109" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="15.75">
+      <c r="A110" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="15.75">
+      <c r="A111" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="F4" s="19" t="s">
-[...13 lines deleted...]
-      <c r="C5" s="18" t="s">
+    </row>
+    <row r="112" spans="1:7" ht="15.75">
+      <c r="A112" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="15.75">
+      <c r="A113" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="E113" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C6" s="18" t="s">
+      <c r="F113" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="15.75">
+      <c r="A114" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E114" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...74 lines deleted...]
-      <c r="E9" s="19" t="s">
+      <c r="F114" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="15.75">
+      <c r="A115" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="15.75">
+      <c r="A116" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="15.75">
+      <c r="A117" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="15.75">
+      <c r="A118" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="15.75">
+      <c r="A119" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="15.75">
+      <c r="A120" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="15.75">
+      <c r="A121" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="F9" s="19" t="s">
-[...14 lines deleted...]
-      <c r="C10" s="18" t="s">
+    </row>
+    <row r="122" spans="1:7" ht="15.75">
+      <c r="A122" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...26 lines deleted...]
-      <c r="E11" s="19" t="s">
+      <c r="C122" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="15.75">
+      <c r="A123" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="15.75">
+      <c r="A124" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="15.75">
+      <c r="A125" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="15.75">
+      <c r="A126" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="15.75">
+      <c r="A127" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="15.75">
+      <c r="A128" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="15.75">
+      <c r="A129" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="F11" s="19" t="s">
-[...432 lines deleted...]
-      <c r="A30" s="17" t="s">
+    </row>
+    <row r="130" spans="1:7" ht="15.75">
+      <c r="A130" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="B30" s="18" t="s">
-[...341 lines deleted...]
-      <c r="F44" s="19" t="s">
+      <c r="G130" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="G44" s="19" t="s">
-[...2757 lines deleted...]
-    <row r="266" spans="5:8" ht="15" customHeight="1"/>
+    </row>
+    <row r="131" spans="1:7"/>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
-[...2 lines deleted...]
-    <sortCondition ref="A3:A130"/>
+  <autoFilter ref="A2:G2" xr:uid="{320F1025-42A5-43FF-93B9-B5244F2016CC}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G130">
+    <sortCondition ref="B3:B130"/>
+    <sortCondition ref="C3:C130"/>
   </sortState>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A0DC6A5-6924-4DDE-8BD0-7CEB40A0FB61}">
-  <dimension ref="A1:B5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9E8F912-5A89-4BB9-A5E4-AE8338AA6F28}">
+  <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="A23" sqref="A23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.5703125" customWidth="1"/>
     <col min="2" max="2" width="54.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18">
-      <c r="A1" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="34"/>
+      <c r="A1" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:2" ht="30.75">
-      <c r="A2" s="13" t="s">
-[...25 lines deleted...]
-        <v>480</v>
+      <c r="A2" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="25.5" customHeight="1">
+      <c r="A3" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>469</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
-    <mergeCell ref="A4:B4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="5906f49a-7fb3-4e7a-a92c-4050ada72103" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1325bbed-0c21-4f1d-b402-782021379086">
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1ef91731-a57e-46fb-a1ca-ed0994edcf04">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="9b43229e-0f8a-41b0-bc93-c3433dbc447d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="5906f49a-7fb3-4e7a-a92c-4050ada72103"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE25C270E09A0F4880E1AA932FB7723A" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="188817ccb4bbdd827c0111075c8eb144">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1ef91731-a57e-46fb-a1ca-ed0994edcf04" xmlns:ns3="de486294-c78b-4afc-beba-f2120c94853e" xmlns:ns4="9b43229e-0f8a-41b0-bc93-c3433dbc447d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="664b027b73db374f69a47c012e7284eb" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="1ef91731-a57e-46fb-a1ca-ed0994edcf04"/>
+    <xsd:import namespace="de486294-c78b-4afc-beba-f2120c94853e"/>
+    <xsd:import namespace="9b43229e-0f8a-41b0-bc93-c3433dbc447d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
+                <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1325bbed-0c21-4f1d-b402-782021379086" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PublishingStartDate" ma:index="19" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PublishingExpirationDate" ma:index="20" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1ef91731-a57e-46fb-a1ca-ed0994edcf04" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="96261d05-e501-45f7-9370-2ec59333d0d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="96261d05-e501-45f7-9370-2ec59333d0d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="22" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="23" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="27" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="28" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5906f49a-7fb3-4e7a-a92c-4050ada72103" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de486294-c78b-4afc-beba-f2120c94853e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8c36c736-15fa-422c-9e27-8fbbf670bb8c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5906f49a-7fb3-4e7a-a92c-4050ada72103">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9b43229e-0f8a-41b0-bc93-c3433dbc447d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{57b78c1c-578b-46aa-8f2e-38b8fdfabedc}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="de486294-c78b-4afc-beba-f2120c94853e">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -14456,73 +12560,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79EB56AD-01D9-4ACD-BF1E-E16473135988}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EB2921D-CD22-4397-81CD-E0DADB88A429}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{923D73F6-5545-4B18-813D-C91899513C2F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD714EC-4CC5-4CBF-9149-EB0C70786FE0}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2821FAEA-41B7-4E1D-9E1D-ED85BED8CFA8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D40D1895-909E-49B9-94AF-C3FB28866C0B}"/>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{34720645-5fdd-4302-8e87-9becee4e5aa1}" enabled="1" method="Standard" siteId="{265c2dcd-2a6e-43aa-b2e8-26421a8c8526}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
-  <Company>Department of Health Care Services</Company>
+  <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Le, Steven@DHCS</dc:creator>
+  <dc:creator>zbudesa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010068CEFA5943E34C4CA14697DD691E5B21</vt:lpwstr>
+    <vt:lpwstr>0x010100FE25C270E09A0F4880E1AA932FB7723A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>